--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -53,462 +53,459 @@
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Громкоговорители и акустические системы</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Встраиваемые потолочные громкоговорители</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>WT58W</t>
   </si>
   <si>
     <t>Двухполосный; 1х 5.25″ вуфер; 1х 0.75″ твитер; 20 Вт (RMS), 35 Вт (max.); 95 Гц - 20 кГц; 90 дБ; 8 Ом; 100 В (опция); врезной монтаж в потолок или стену (посадочное отверстие 120 мм); корпус из термостойкого ABS пластика; пластиковая защитная решетка диффузора; защита от влаги IP66; устойчивость к высоким температурам до +90°C; Ø165х75 мм (запотолочная часть - 70 мм); 0.9 кг; белый цвет.</t>
   </si>
   <si>
-    <t>5 787</t>
+    <t>6 165</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>THС508</t>
   </si>
   <si>
     <t>Двухполосная; Hi-Fi класс; 2х 5.25″ вуферы; 1х 1″ твитер; 50 Вт (RMS), 100 Вт (max.); 60 Гц - 20 кГц; 88 дБ; 8 Ом; фильтр-кроссовер; селектор баланса частот (-3 дБ / 0 / +3 дБ); квадратная форма; врезной монтаж в потолок или стену (посадочное отверстие 365х157 мм); корпус из ABS пластика; металлическая защитная решетка диффузора (можно красить); 389х181х75 мм (запотолочная часть - 72 мм); 2.6 кг; белый цвет.</t>
   </si>
   <si>
     <t>13 922</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CR5TE</t>
   </si>
   <si>
     <t>Двухполосный; эконом класс; 1х 5″ вуфер; 1х 0.75″ твитер; трансформаторное подключение; мощность 1.5/3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 90 Гц - 18 кГц; 88 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 170 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø204х87 мм (запотолочная часть - 78 мм); 0.9 кг; белый цвет.</t>
   </si>
   <si>
-    <t>3 596</t>
+    <t>3 831</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CR6TE</t>
   </si>
   <si>
     <t>Двухполосный; эконом класс; 1х 6″ вуфер; 1х 0.75″ твитер; трансформаторное подключение; мощность 3/6/10 Вт - 100 В; импеданс 8 Ом (без трансформатора); 80 Гц - 18 кГц; 89 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 200 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø234х95 мм (запотолочная часть - 85 мм); 1 кг; белый цвет.</t>
   </si>
   <si>
-    <t>4 010</t>
+    <t>4 272</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>CRH508T</t>
   </si>
   <si>
     <t>2-полосный; динамики: НЧ 5.25″ (133.4 мм), ВЧ 0.75″ (19.1 мм); режимы 8 Ом / 100 В, выбирается поворотным селектором; мощность: 100 В - 1.25/2.5/5/10 Вт, 8 Ом - RMS 20 Вт, max 40 Вт; 75 Гц - 20 кГц; чувствительность 87 дБ; корпус из ABS пластика с металлической защитной сеткой, закрепленной на 6 неодимовых магнитах; врезной монтаж в подвесной потолок; Ø204х77 мм; 1.15 кг; белый цвет.</t>
   </si>
   <si>
-    <t>6 370</t>
+    <t>6 502</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CRH608T</t>
   </si>
   <si>
     <t>2-полосный; динамики: НЧ 6.5″ (159.25 мм), ВЧ 0.75″ (19.1 мм); режимы 8 Ом / 100 В, выбирается поворотным селектором; мощность: 100 В - 2.5/5/10/15 Вт, 8 Ом - RMS 30 Вт, max 60 Вт; 60 Гц - 20 кГц; чувствительность 89 дБ; корпус из ABS пластика с металлической защитной сеткой, закрепленной на 8 неодимовых магнитах; врезной монтаж в подвесной потолок; Ø227х87 мм; 1.38 кг; белый цвет.</t>
   </si>
   <si>
-    <t>6 787</t>
+    <t>6 928</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>CRX516</t>
   </si>
   <si>
     <t>Двухполосный; бизнес класс; 1х 5.25″ вуфер; 1х 0.75″ твитер; 30 Вт (RMS), 60 Вт (max.); 90 Гц - 20 кГц; 91 дБ; 16 Ом; врезной монтаж в подвесной потолок (посадочное отверстие 170 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø204х92 мм (запотолочная часть - 80 мм); 1.3 кг; белый цвет.</t>
   </si>
   <si>
-    <t>4 898</t>
+    <t>5 142</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CRX5T</t>
   </si>
   <si>
     <t>Двухполосный; бизнесс класс; 1х 5″ вуфер; 1х 0.75″ твитер; трансформаторное подключение; мощность 1.25/2.5/5/10 Вт - 100 В; импеданс 8 Ом (без трансформатора); 90 Гц - 20 кГц; 91 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 170 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø204х92 мм (запотолочная часть - 80 мм); 1.8 кг; белый цвет.</t>
   </si>
   <si>
-    <t>5 156</t>
+    <t>5 493</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>CRX616</t>
   </si>
   <si>
     <t>Двухполосный; бизнес класс; 1х 6.5″ вуфер; 1х 1″ твитер; 40 Вт (RMS), 80 Вт (max.); 80 Гц - 20 кГц; 91 дБ; 16 Ом; врезной монтаж в подвесной потолок (посадочное отверстие 200 мм); корпус из ABS пластика; съемная металлическая решетка диффузора (можно красить); Ø245х94 мм (запотолочная часть - 90 мм); 2.1 кг; белый цвет.</t>
   </si>
   <si>
-    <t>5 644</t>
+    <t>6 381</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CRX6T</t>
   </si>
   <si>
     <t>Двухполосный; бизнесс класс; 1х 6.5″ вуфер; 1х 1″ твитер; трансформаторное подключение; мощность 2.5/5/10/20 Вт - 100 В; импеданс 8 Ом (без трансформатора); 80 Гц - 20 кГц; 91 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 200 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø245х94 мм (запотолочная часть - 90 мм); 2.1 кг; белый цвет.</t>
   </si>
   <si>
-    <t>5 990</t>
-[...1 lines deleted...]
-  <si>
     <t>12</t>
   </si>
   <si>
     <t>CRX6TBL</t>
   </si>
   <si>
     <t>Двухполосный; бизнесс класс; 1х 6.5″ вуфер; 1х 1″ твитер; трансформаторное подключение; мощность 2.5/5/10/20 Вт - 100 В; импеданс 8 Ом (без трансформатора); 80 Гц - 20 кГц; 91 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 200 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø245х94 мм (запотолочная часть - 90 мм); 2.1 кг; черный цвет.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>CRX816</t>
   </si>
   <si>
     <t>Двухполосный; бизнес класс; 1х 8″ вуфер; 1х 1″ твитер; 60 Вт (RMS), 120 Вт (max.); 60 Гц - 20 кГц; 91 дБ; 16 Ом; врезной монтаж в подвесной потолок (посадочное отверстие 240 мм); корпус из ABS пластика; съемная металлическая решетка диффузора (можно красить); Ø270х105 мм (запотолочная часть - 90 мм); 2.4 кг; белый цвет.</t>
   </si>
   <si>
-    <t>6 944</t>
+    <t>7 398</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>CRX8T</t>
   </si>
   <si>
     <t>Двухполосный; бизнесс класс; 1х 8″ вуфер; 1х 1″ твитер; трансформаторное подключение; мощность 3.75/7.5/15/30 Вт - 100 В; импеданс 8 Ом (без трансформатора); 60 Гц - 20 кГц; 91 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 240 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø270х105 мм (запотолочная часть - 100 мм); 2.5 кг; белый цвет.</t>
   </si>
   <si>
-    <t>7 380</t>
+    <t>7 862</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>CRX8TBL</t>
   </si>
   <si>
     <t>Двухполосный; бизнесс класс; 1х 8″ вуфер; 1х 1″ твитер; трансформаторное подключение; мощность 3.75/7.5/15/30 Вт - 100 В; импеданс 8 Ом (без трансформатора); 60 Гц - 20 кГц; 91 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 240 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø270х105 мм (запотолочная часть - 100 мм); 2.5 кг; черный цвет.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>CL608</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; низкопрофильная конструкция; 1х 6.5″ вуфер; 1х 0.75″ твитер; 30 Вт (RMS), 60 Вт (max.); 70 Гц - 20 кГц; 87 дБ; 8 Ом; 100 В (опция); врезной монтаж в подвесной потолок (посадочное отверстие 210 мм); корпус из ABS пластика; металлическая защитная решетка диффузора (можно красить); Ø227х60 мм (запотолочная часть - 60 мм); 1.8 кг; белый цвет.</t>
   </si>
   <si>
-    <t>5 314</t>
+    <t>5 424</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>CX408</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; 1х 4″ вуфер; 1х 0.75″ твитер; 20 Вт (RMS), 40 Вт (max.); 90 Гц - 20 кГц; 88 дБ; 8 Ом; врезной монтаж в подвесной потолок (посадочное отверстие 141 мм); корпус из ABS пластика; две защитные решетки диффузора в комплекте (можно красить); Ø156х73 мм (запотолочная часть - 71 мм); 0.98 кг; белый цвет.</t>
   </si>
   <si>
     <t>5 652</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>CX508</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; 1х 5.25″ вуфер; 1х 0.75″ твитер; 30 Вт (RMS), 60 Вт (max.); 70 Гц - 20 кГц; 88 дБ; 8 Ом; врезной монтаж в подвесной потолок (посадочное отверстие 160 мм); корпус из ABS пластика; две защитные решетки диффузора в комплекте (можно красить); Ø171х79 мм (запотолочная часть - 77 мм); 1.2 кг; белый цвет.</t>
   </si>
   <si>
     <t>7 314</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>CX608</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; 1х 6.5″ вуфер; 1х 1″ твитер; 40 Вт (RMS), 80 Вт (max.); 50 Гц - 20 кГц; 88 дБ; 8 Ом; врезной монтаж в подвесной потолок (посадочное отверстие 195 мм); корпус из ABS пластика; две защитные решетки диффузора в комплекте (можно красить); Ø213х87 мм (запотолочная часть - 85 мм); 1.5 кг; белый цвет.</t>
   </si>
   <si>
     <t>8 478</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>TXR608</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; 1х 6.5″ вуфер; 1х 1″ твитер; 60 Вт (RMS), 100 Вт (max.); 60 Гц - 20 кГц; 89 дБ; 8 Ом; фильтр-кроссовер; врезной монтаж в подвесной потолок (посадочное отверстие 210 мм); корпус из ABS пластика; алюминиевая защитная решетка диффузора (можно красить); Ø227х88 мм (запотолочная часть - 94 мм); 1.6 кг; белый цвет.</t>
   </si>
   <si>
-    <t>8 332</t>
+    <t>8 505</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>TXR808</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; 1х 8″ вуфер; 1х 1″ твитер; 80 Вт (RMS), 120 Вт (max.); 55 Гц - 20 кГц; 90 дБ; 8 Ом; фильтр-кроссовер; врезной монтаж в подвесной потолок (посадочное отверстие 258 мм); корпус из ABS пластика; алюминиевая защитная решетка диффузора (можно красить); Ø277х105 мм (запотолочная часть - 105 мм); 2 кг; белый цвет.</t>
   </si>
   <si>
-    <t>9 643</t>
+    <t>9 843</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>TXС608</t>
   </si>
   <si>
     <t>Двухполосный; Hi-Fi класс; смещенный диффузор на 35°; 1х 6.5″ вуфер; 1х 1″ твитер; 40 Вт (RMS), 80 Вт (max.); 50 Гц - 20 кГц; 87 дБ; 8 Ом; фильтр-кроссовер; врезной монтаж в подвесной потолок (посадочное отверстие 210 мм); корпус из ABS пластика; металлическая защитная решетка диффузора (можно красить); Ø250х144 мм (запотолочная часть - 135 мм); 1.9 кг; белый цвет.</t>
   </si>
   <si>
     <t>11 137</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>CRW4T</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 4″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 150 Гц - 18 кГц; 91 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 125 мм); влагозащищенный корпус из ABS пластика; IP65; съемная алюминиевая решетка диффузора (можно красить); Ø140х130 мм (запотолочная часть - 125 мм); 0.9 кг; белый цвет.</t>
   </si>
   <si>
-    <t>3 473</t>
+    <t>3 699</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>CPA5T</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 5″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 100 Гц - 17.5 кГц; 93 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 140 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø160х55 мм (запотолочная часть - 50 мм); 0.48 кг; белый цвет.</t>
   </si>
   <si>
-    <t>1 023</t>
+    <t>1 183</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>CPA5TBL</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 5″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 100 Гц - 17.5 кГц; 93 дБ; врезной монтаж в подвесной потолок, диаметр посадочного отверстия 140 мм; корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø160х55 мм (запотолочная часть - 50 мм); 0.5 кг; черный цвет.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>CPA5TW</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 5″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 100 Гц - 17.5 кГц; 93 дБ; врезной монтаж в подвесной потолок, диаметр посадочного отверстия 140 мм; корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø160х55 мм (запотолочная часть - 50 мм); 0.5 кг; белый цвет.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CPA6T-Bl</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 6″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 80 Гц - 17.5 кГц; 93 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 165 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø180х75 мм (запотолочная часть - 70 мм); 0.7 кг; черный цвет.</t>
   </si>
   <si>
-    <t>1 589</t>
+    <t>1 622</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>CPA6TW</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 6″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 80 Гц - 17.5 кГц; 93 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 165 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø180х75 мм (запотолочная часть - 70 мм); 0.7 кг; белый цвет.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>CRM2.5T</t>
   </si>
   <si>
     <t>Широкополосный; эконом класс; 1х 2.5″ динамик; трансформаторное подключение; мощность 3/6 Вт - 100 В; импеданс 8 Ом (без трансформатора); 120 Гц - 18 кГц; 87 дБ; врезной монтаж в подвесной потолок (посадочное отверстие 95 мм); корпус из ABS пластика; съемная алюминиевая решетка диффузора (можно красить); Ø103х80 мм (запотолочная часть - 75 мм); 0.5 кг; белый цвет.</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Настенные громкоговорители</t>
   </si>
   <si>
     <t>AXE5:8BL-DANTE</t>
   </si>
   <si>
     <t>Активная двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 5", ферритовые магнитные системы. Диапазон частот 55 - 20 000 Гц, чувствительность 91 дБ, максимальный SPL 109 дБ. Встроенный двухканальный усилитель класса D (КПД 76%), мощность 2х30 Вт, второй канал для подключения пассивной АС 4-8 Ом. Цифровой вход DANTE IP (стандарт AES67 RTP; разъем RJ-45). Встроенный DSP, 24 бит/48 кГц, настройки: коэффициент усиления, 5-полосный эквалайзер, HF/LF фильтры (кроссовер) и лимитер. Подключение акустики через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Питание PoE++/PoE+. Габаритные размеры 212x357x286 мм, вес 5.3 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно).</t>
   </si>
   <si>
-    <t>56 425</t>
+    <t>62 694</t>
   </si>
   <si>
     <t>AXE5:8W-DANTE</t>
   </si>
   <si>
     <t>Активная двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 5", ферритовые магнитные системы. Диапазон частот 55 - 20 000 Гц, чувствительность 91 дБ, максимальный SPL 109 дБ. Встроенный двухканальный усилитель класса D (КПД 76%), мощность 2х30 Вт, второй канал для подключения пассивной АС 4-8 Ом. Цифровой вход DANTE IP (стандарт AES67 RTP; разъем RJ-45). Встроенный DSP, 24 бит/48 кГц, настройки: коэффициент усиления, 5-полосный эквалайзер, HF/LF фильтры (кроссовер) и лимитер. Подключение акустики через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Питание PoE++/PoE+. Габаритные размеры 212x357x286 мм, вес 5.3 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно).</t>
   </si>
   <si>
     <t>NUT5:DANTE-BL</t>
   </si>
   <si>
     <t>Активная двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодимовый магнит) + СЧ/НЧ-вуфер 5" (ферритовый магнит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 109 дБ. Встроенный двухканальный усилитель класса D (КПД 76%), мощность 2х30 Вт, второй канал для подключения пассивной АС 4-8 Ом. Цифровой вход DANTE IP (стандарт AES67 RTP; разъем RJ-45). Встроенный DSP, 24 бит/48 кГц, настройки: коэффициент усиления, 5-полосный эквалайзер, HF/LF фильтры (кроссовер) и лимитер. Подключение акустики через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Питание PoE++/PoE+. Габаритные размеры 192х333х286 мм, вес 4.5 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно).</t>
   </si>
   <si>
-    <t>60 733</t>
+    <t>68 997</t>
   </si>
   <si>
     <t>NUT5:DANTE-W</t>
   </si>
   <si>
     <t>Активная двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодимовый магнит) + СЧ/НЧ-вуфер 5" (ферритовый магнит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 109 дБ. Встроенный двухканальный усилитель класса D (КПД 76%), мощность 2х30 Вт, второй канал для подключения пассивной АС 4-8 Ом. Цифровой вход DANTE IP (стандарт AES67 RTP; разъем RJ-45). Встроенный DSP, 24 бит/48 кГц, настройки: коэффициент усиления, 5-полосный эквалайзер, HF/LF фильтры (кроссовер) и лимитер. Подключение акустики через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Питание PoE++/PoE+. Габаритные размеры 192х333х286 мм, вес 4.5 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно).</t>
   </si>
   <si>
     <t>AXE5:8BL</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 5", ферритовые магнитные системы. Диапазон частот 55 - 20 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Габаритные размеры 212x357x286 мм, вес 4.4 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
-    <t>22 658</t>
+    <t>26 057</t>
   </si>
   <si>
     <t>AXE5:8W</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 5", ферритовые магнитные системы. Диапазон частот 55 - 20 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Габаритные размеры 212x357x286 мм, вес 4.4 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85W (приобретается отдельно). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
     <t>NUT5:8BL</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодимовый магнит) + СЧ/НЧ-вуфер 5" (ферритовый магнит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Габаритные размеры 192х333х286 мм, вес 4.4 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
-    <t>26 966</t>
+    <t>32 360</t>
   </si>
   <si>
     <t>NUT5:8W</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодимовый магнит) + СЧ/НЧ-вуфер 5" (ферритовый магнит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Габаритные размеры 192х333х286 мм, вес 4.4 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85W (приобретается отдельно). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
     <t>NUT5:8WOOD</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодимовый магнит) + СЧ/НЧ-вуфер 5" (ферритовый магнит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из массива дуба, декоративная защитная сетка из нержавеющей стали, естественный цвет массива дуба. Габаритные размеры 192х333х286 мм, вес 4.4 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-85BL (приобретается отдельно). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
-    <t>28 600</t>
+    <t>34 320</t>
   </si>
   <si>
     <t>BS608TBL</t>
   </si>
   <si>
     <t>Мощная двухполосная акустика с чистым открытым звуком. 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 6", ферритовые магнитные системы. Диапазон частот 80 - 20 000 Гц, чувствительность 89 дБ, максимальный SPL 108 дБ. Подключение: линии 8 Ом, мощность 100 Вт (пик 200 Вт); линии 100В, мощность 15 / 25 / 50 Вт. Подключение через терминал 8-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Габаритные размеры 358x245x250 мм, вес 7.6 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-105BL (приобретается отдельно).</t>
   </si>
   <si>
-    <t>29 684</t>
+    <t>34 137</t>
   </si>
   <si>
     <t>BS608TW</t>
   </si>
   <si>
     <t>Мощная двухполосная акустика с чистым открытым звуком. 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 6", ферритовые магнитные системы. Диапазон частот 80 - 20 000 Гц, чувствительность 89 дБ, максимальный SPL 108 дБ. Подключение: линии 8 Ом, мощность 100 Вт (пик 200 Вт); линии 100В, мощность 15 / 25 / 50 Вт. Подключение через терминал 8-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Габаритные размеры 358x245x250 мм, вес 7.6 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-105W (приобретается отдельно).</t>
   </si>
   <si>
     <t>BS808TBL</t>
   </si>
   <si>
     <t>Мощная двухполосная акустика с выделенным глубоким басом. 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 8", ферритовые магнитные системы. Диапазон частот 45 - 20 000 Гц, чувствительность 89 дБ, максимальный SPL 110 дБ. Подключение: линии 8 Ом, мощность 200 Вт (пик 400 Вт); линии 100В, мощность 50 / 75 / 100 Вт. Подключение через терминал 8-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Габаритные размеры 429x300x317 мм, вес 13.2 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-105BL (приобретается отдельно).</t>
   </si>
   <si>
-    <t>38 805</t>
+    <t>44 626</t>
   </si>
   <si>
     <t>BS808TW</t>
   </si>
   <si>
     <t>Мощная двухполосная акустика с выделенным глубоким басом. 2 динамика: ВЧ-твиттер 1" + НЧ-вуфер 8", ферритовые магнитные системы. Диапазон частот 45 - 20 000 Гц, чувствительность 89 дБ, максимальный SPL 110 дБ. Подключение: линии 8 Ом, мощность 200 Вт (пик 400 Вт); линии 100В, мощность 50 / 75 / 100 Вт. Подключение через терминал 8-pin EuroBlock. Фазоинверторный корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Габаритные размеры 429x300x317 мм, вес 13.2 кг. Монтаж настенный, на поворотно-наклонный кронштейн SMC-105W (приобретается отдельно).</t>
   </si>
   <si>
     <t>NF4TBL</t>
   </si>
   <si>
     <t>Только для сети 100В; 2 полосная; динамики вуфер 4″,твитер 0,75"; серия indoor/outdoor, IP44; режимы трансформатора 2/4/8/16Вт (100В); 100 - 18000 Гц; 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус закрытый из ABS пластика; размеры 154х210х134 мм; вес 1,4 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>5 933</t>
   </si>
   <si>
     <t>NF4TW</t>
   </si>
   <si>
     <t>Только для сети 100В; 2 полосная; динамики вуфер 4″,твитер 0,75"; серия indoor/outdoor, IP44; режимы трансформатора 2/4/8/16Вт (100В); 100 - 18000 Гц; 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус закрытый из ABS пластика; размеры 154х210х134 мм; вес 1,4 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>NF5TBL</t>
   </si>
@@ -611,435 +608,435 @@
   <si>
     <t>RF408TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 4″,твитер 1"; серия RF business line (для помещений); 8 Ом; мощность 30 Вт, максимально 60 Вт (пик), режимы трансформатора 3,75/7,5/15/30Вт (100В); 90 - 20000 Гц; чувствительность 87 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 157х241х157 мм; вес 2,6 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>RF408TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 4″,твитер 1"; серия RF business line (для помещений); 8 Ом; мощность 30 Вт, максимально 60 Вт (пик), режимы трансформатора 3,75/7,5/15/30Вт (100В); 90 - 20000 Гц; чувствительность 87 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 157х241х157 мм; вес 2,6 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>RF416TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 4″,твитер 1"; серия RF business line (для помещений); 16 Ом; мощность 30 Вт, максимально 60 Вт (пик), режимы трансформатора 3,75/7,5/15/30Вт (100В); 90 - 20000 Гц; чувствительность 87 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 157х241х157 мм; вес 2,6 кг; черный цвет корпуса.</t>
   </si>
   <si>
-    <t>8 680</t>
+    <t>9 247</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>RF416TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 4″,твитер 1"; серия RF business line (для помещений); 16 Ом; мощность 30 Вт, максимально 60 Вт (пик), режимы трансформатора 3,75/7,5/15/30Вт (100В); 90 - 20000 Гц; чувствительность 87 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 157х241х157 мм; вес 2,6 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>RF508TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 5,25″,твитер 1"; серия RF business line (для помещений); 8 Ом; мощность 40 Вт, максимально 80 Вт (пик), режимы трансформатора 5/10/20/40Вт (100В); 80 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 164х273х170 мм; вес 2,9 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>RF508TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 5,25″,твитер 1"; серия RF business line (для помещений); 8 Ом; мощность 40 Вт, максимально 80 Вт (пик), режимы трансформатора 5/10/20/40Вт (100В); 80 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 164х273х170 мм; вес 2,9 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>RF516TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 5,25″,твитер 1"; серия RF business line (для помещений); 16 Ом; мощность 40 Вт, максимально 80 Вт (пик), режимы трансформатора 5/10/20/40Вт (100В); 80 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 164х273х170 мм; вес 2,9 кг; черный цвет корпуса.</t>
   </si>
   <si>
-    <t>9 548</t>
+    <t>10 172</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>RF516TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 5,25″,твитер 1"; серия RF business line (для помещений); 16 Ом; мощность 40 Вт, максимально 80 Вт (пик), режимы трансформатора 5/10/20/40Вт (100В); 80 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 164х273х170 мм; вес 2,9 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>RF608TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 6,5″,твитер 1"; серия RF business line (для помещений); 8 Ом; мощность 50 Вт, максимально 100 Вт (пик), режимы трансформатора 6,25/12,5/25/50Вт (100В); 65 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 183х355х187 мм; вес 3,95 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>RF608TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 6,5″,твитер 1"; серия RF business line (для помещений); 8 Ом; мощность 50 Вт, максимально 100 Вт (пик), режимы трансформатора 6,25/12,5/25/50Вт (100В); 65 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 183х355х187 мм; вес 3,95 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>RF616TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 6,5″,твитер 1"; серия RF business line (для помещений); 16 Ом; мощность 50 Вт, максимально 100 Вт (пик), режимы трансформатора 6,25/12,5/25/50Вт (100В); 65 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 183х355х187 мм; вес 3,95 кг; черный цвет корпуса.</t>
   </si>
   <si>
-    <t>10 852</t>
+    <t>11 561</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>RF616TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 6,5″,твитер 1"; серия RF business line (для помещений); 16 Ом; мощность 50 Вт, максимально 100 Вт (пик), режимы трансформатора 6,25/12,5/25/50Вт (100В); 65 - 20000 Гц; чувствительность 88 дБ; подключение зажимные клеммы; монтаж на стену; корпус bass reflex из ABS пластика; размеры 183х355х187 мм; вес 3,95 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>S8 Bl</t>
   </si>
   <si>
     <t>2-полосный; динамики: НЧ 8″ (203.2 мм), ВЧ 1″ (25.4 мм); импеданс 8 Ом; мощность RMS 300 Вт, MAX 600 Вт; 65 Гц - 20 кГц; чувствительность 95 дБ; ввод от УМ и линкующий выход на Speakon NL4; корпус из фанеры толщиной 15 мм; покрытие Warnex черного цвета; накладной монтаж;276х480х300 мм; 13 кг.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>WPA10TBl</t>
   </si>
   <si>
     <t>2-полосный; 100 В; мощность 5/10 Вт (отводы трансформатора); 130-19000 Гц; чувствительность 89 дБ; динамики: НЧ 4” (101,6 мм), ВЧ 0.5” (12.7 мм); корпус из ABS пластика с металлической защитной сеткой; монтаж настенный накладной; 240x168x110 мм; 1.3 кг; черный цвет.</t>
   </si>
   <si>
-    <t>3 354</t>
+    <t>3 423</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>WPA10TW</t>
   </si>
   <si>
     <t>2-полосный; 100 В; мощность 5/10 Вт (отводы трансформатора); 130-19000 Гц; чувствительность 89 дБ; динамики: НЧ 4” (101,6 мм), ВЧ 0.5” (12.7 мм); корпус из ABS пластика с металлической защитной сеткой; монтаж настенный накладной; 240x168x110 мм; 1.3 кг; белый цвет.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S12BL</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 12"; ВЧ-твитер 1"; частотный диапазон 45 Гц - 20 кГц; номинальная мощность 300 Вт продолжительная / 600 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 121.8 дБ; 2 × SpeakOn® NL-4; габаритные размеры 624 x 376 x 373 мм; вес 14 кг; корпус из берёзовой фанеры; цвет чёрный.</t>
   </si>
   <si>
-    <t>76 111</t>
+    <t>79 917</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S12W</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 12"; ВЧ-твитер 1"; частотный диапазон 45 Гц - 20 кГц; номинальная мощность 300 Вт продолжительная / 600 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 121.8 дБ; 2 × SpeakOn® NL-4; габаритные размеры 624 x 376 x 373 мм; вес 14 кг; корпус из берёзовой фанеры; цвет белый.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S15BL</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 15"; ВЧ-твитер 1.5"; частотный диапазон 45 Гц - 20 кГц; номинальная мощность 450 Вт продолжительная / 900 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 128.9 дБ; 2 × SpeakOn® NL-4; габаритные размеры 737 х 454 х 435 мм; вес 18 кг; корпус из берёзовой фанеры; цвет чёрный.</t>
   </si>
   <si>
-    <t>96 690</t>
+    <t>101 525</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S15W</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 15"; ВЧ-твитер 1.5"; частотный диапазон 45 Гц - 20 кГц; номинальная мощность 450 Вт продолжительная / 900 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 128.9 дБ; 2 × SpeakOn® NL-4; габаритные размеры 737 х 454 х 435 мм; вес 18 кг; корпус из берёзовой фанеры; цвет белый.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S6BL</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 6"; ВЧ-твитер 1"; частотный диапазон 80 Гц - 20 кГц; номинальная мощность 150 Вт продолжительная / 300 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 118.8 дБ; 2 × SpeakOn® NL-4; габаритные размеры 385 х 202 х 224 мм; вес 7 кг; МДФ; цвет чёрный.</t>
   </si>
   <si>
-    <t>46 057</t>
+    <t>48 360</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S6W</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 6"; ВЧ-твитер 1"; частотный диапазон 80 Гц - 20 кГц; номинальная мощность 150 Вт продолжительная / 300 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 118.8 дБ; 2 × SpeakOn® NL-4; габаритные размеры 385 х 202 х 224 мм; вес 7 кг; МДФ; цвет белый.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S8BL</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 8"; ВЧ-твитер 1"; частотный диапазон 65 Гц - 20 кГц; номинальная мощность 200 Вт продолжительная / 400 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 123 дБ; 2 × SpeakOn® NL-4; габаритные размеры 460 х 300 х 274 мм; вес 13 кг; корпус из берёзовой фанеры; цвет чёрный.</t>
   </si>
   <si>
-    <t>50 464</t>
+    <t>52 988</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>BEATBOMBER SAT-S8W</t>
   </si>
   <si>
     <t>2-полосная; НЧ-вуфер 8"; ВЧ-твитер 1"; частотный диапазон 65 Гц - 20 кГц; номинальная мощность 200 Вт продолжительная / 400 Вт максимальная; опционально возможно биампное подключение; максимальное звуковое давление 123 дБ; 2 × SpeakOn® NL-4; габаритные размеры 460 х 300 х 274 мм; вес 13 кг; корпус из берёзовой фанеры; цвет белый.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>NUT3:2:16BL</t>
   </si>
   <si>
     <t>Пассивная широкополосная универсальная АС, два СЧ/ВЧ драйвера по 2.5", на резиновом подвесе с неодимовым магнитом, расположены под углом 130°. Диапазон воспроизводимых частот 110 - 20000 Гц, чувствительность 83 дБ, макс.SPL 106 дБ. Применяется в линиях с импедансом 16 Ом, номинальная мощность 40 Вт, максимальная 80 Вт. Подключение через терминал 4-pin EuroBlock. Поворотный кронштейн на шарнирах в комплекте. Материал МДФ с полимерным покрытием черного цвета, габаритные размеры 120х188х112 мм, вес 1.4 кг.</t>
   </si>
   <si>
-    <t>13 625</t>
+    <t>16 350</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>NUT3:2:16W</t>
   </si>
   <si>
     <t>Пассивная широкополосная универсальная АС, два СЧ/ВЧ драйвера по 2.5", на резиновом подвесе с неодимовым магнитом, расположены под углом 130°. Диапазон воспроизводимых частот 110 - 20000 Гц, чувствительность 83 дБ, макс.SPL 106 дБ. Применяется в линиях с импедансом 16 Ом, номинальная мощность 40 Вт, максимальная 80 Вт. Подключение через терминал 4-pin EuroBlock. Поворотный кронштейн на шарнирах в комплекте. Материал МДФ с полимерным покрытием белого цвета, габаритные размеры 120х188х112 мм, вес 1.4 кг.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>NUT3:2:16WOOD</t>
   </si>
   <si>
     <t>Пассивная широкополосная универсальная АС, два СЧ/ВЧ драйвера по 2.5", на резиновом подвесе с неодимовым магнитом, расположены под углом 130°. Диапазон воспроизводимых частот 110 - 20000 Гц, чувствительность 83 дБ, макс.SPL 106 дБ. Применяется в линиях с импедансом 16 Ом, номинальная мощность 40 Вт, максимальная 80 Вт. Подключение через терминал 4-pin EuroBlock. Поворотный кронштейн на шарнирах в комплекте. Корпус из массива дуба, декоративная защитная сетка из нержавеющей стали, естественный цвет массива дуба. Габаритные размеры 120х188х112 мм, вес 1.4 кг.</t>
   </si>
   <si>
-    <t>15 669</t>
+    <t>18 803</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>NUT3:8BL</t>
   </si>
   <si>
     <t>широкополосная; 2.5" СЧ/ВЧ драйвер; частотный диапазон 120 Гц - 20 кГц; номинальная мощность 20 Вт продолжительная / 40 Вт максимальная; поворотный кронштейн на шарнирах в комплекте; максимальное звуковое давление 97 дБ; 1 × 4-pin EuroBlock; габаритные размеры 168 х 105 х 115 мм; вес 1.2 кг; МДФ; цвет чёрный.</t>
   </si>
   <si>
-    <t>9 177</t>
+    <t>11 013</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>NUT3:8W</t>
   </si>
   <si>
     <t>широкополосная; 2.5" СЧ/ВЧ драйвер; частотный диапазон 120 Гц - 20 кГц; номинальная мощность 20 Вт продолжительная / 40 Вт максимальная; поворотный кронштейн на шарнирах в комплекте; максимальное звуковое давление 97 дБ; 1 × 4-pin EuroBlock; габаритные размеры 168 х 105 х 115 мм; вес 1.2 кг; МДФ; цвет белый.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>NUT3:8WOOD</t>
   </si>
   <si>
     <t>широкополосная; 2.5" СЧ/ВЧ драйвер; частотный диапазон 120 Гц - 20 кГц; номинальная мощность 20 Вт продолжительная / 40 Вт максимальная; поворотный кронштейн на шарнирах в комплекте; максимальное звуковое давление 97 дБ; 1 × 4-pin EuroBlock; габаритные размеры 168 х 105 х 115 мм; вес 1.2 кг; массив дуба, декоративная защитная сетка из нержавеющей стали.</t>
   </si>
   <si>
-    <t>11 300</t>
+    <t>13 560</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>AXE6:3:4BL</t>
   </si>
   <si>
     <t>Трехполосная Hi Fi акустика, 3 динамика: ВЧ-твиттер 1" (феррит) + СЧ-драйвер 2.5" (неодим) + НЧ-вуфер 6" (феррит). Диапазон частот 45 - 20 000 Гц, чувствительность 86 дБ, максимальный SPL 116 дБ. Низкоомная, импеданс 4 Ом, номинальная мощность 120 Вт, максимальная 240 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ высокой плотности с черным полимерным покрытием, стальная сетка. Габаритные размеры 248x385x310 мм, вес 9.5 кг. Монтаж настенный, на поворотно-наклонный кронштейны (доп.опция). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
-    <t>25 595</t>
+    <t>34 800</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>AXE6:3:4W</t>
   </si>
   <si>
     <t>Трехполосная Hi Fi акустика, 3 динамика: ВЧ-твиттер 1" (феррит) + СЧ-драйвер 2.5" (неодим) + НЧ-вуфер 6" (феррит). Диапазон частот 45 - 20 000 Гц, чувствительность 86 дБ, максимальный SPL 116 дБ. Низкоомная, импеданс 4 Ом, номинальная мощность 120 Вт, максимальная 240 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный корпус из МДФ высокой плотности с белым полимерным покрытием, стальная сетка. Габаритные размеры 248x385x310 мм, вес 9.5 кг. Монтаж настенный, на поворотно-наклонный кронштейны (доп.опция). АС совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>OSR408TBL</t>
   </si>
   <si>
     <t>Двухполосная акустика, динамики: вуфер 4″, полипропилен, феррит; твиттер 0,5", майлар, неодим; серия indoor/outdoor для коммерческого, административного и общественного использования, IP65. Низкоомные акустические линии 8 Ом, мощность 20 Вт (40 Вт пик), режимы трансформатора в трансляционных линиях 100В - 2/4/8/15 Вт. Диапазон частот 100 - 20000 Гц, чувствительность 88 дБ, максимальный SPL 104 дБ. Закрытый корпус из ABS-пластика, панель с кабельным терминалом и селектором мощности закрыта резиновой крышкой. Монтаж на стену, на опору или к потолку на поворотно-наклонный кронштейн типа "лира" (в комплекте). Габаритные размеры 195х126х127 мм; вес 1,5 кг. Черный цвет корпуса.</t>
   </si>
   <si>
-    <t>5 751</t>
+    <t>5 876</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>OSR408TW</t>
   </si>
   <si>
     <t>Двухполосная акустика, динамики: вуфер 4″, полипропилен, феррит; твиттер 0,5", майлар, неодим; серия indoor/outdoor для коммерческого, административного и общественного использования, IP65. Низкоомные акустические линии 8 Ом, мощность 20 Вт (40 Вт пик), режимы трансформатора в трансляционных линиях 100В - 2/4/8/15 Вт. Диапазон частот 100 - 20000 Гц, чувствительность 88 дБ, максимальный SPL 104 дБ. Закрытый корпус из ABS-пластика, панель с кабельным терминалом и селектором мощности закрыта резиновой крышкой. Монтаж на стену, на опору или к потолку на поворотно-наклонный кронштейн типа "лира" (в комплекте). Габаритные размеры 195х126х127 мм; вес 1,5 кг. Белый цвет корпуса.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>OSR508TBL</t>
   </si>
   <si>
     <t>Двухполосная акустика, динамики: вуфер 5,25″, полипропилен, феррит; твиттер 0,5", майлар, неодим; серия indoor/outdoor для коммерческого, административного и общественного использования, IP65. Низкоомные акустические линии 8 Ом, мощность 30 Вт (60 Вт пик), режимы трансформатора в трансляционных линиях 100В - 5/10/20/30 Вт. Диапазон частот 80 - 20000 Гц, чувствительность 89 дБ, максимальный SPL 107 дБ. Закрытый корпус из ABS-пластика, панель с кабельным терминалом и селектором мощности закрыта резиновой крышкой. Монтаж на стену, на опору или к потолку на поворотно-наклонный кронштейн типа "лира" (в комплекте). Габаритные размеры 252х163х163 мм; вес 2,1 кг. Черный цвет корпуса.</t>
   </si>
   <si>
-    <t>7 226</t>
+    <t>7 456</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>OSR508TW</t>
   </si>
   <si>
     <t>Двухполосная акустика, динамики: вуфер 5,25″, полипропилен, феррит; твиттер 0,5", майлар, неодим; серия indoor/outdoor для коммерческого, административного и общественного использования, IP65. Низкоомные акустические линии 8 Ом, мощность 30 Вт (60 Вт пик), режимы трансформатора в трансляционных линиях 100В - 5/10/20/30 Вт. Диапазон частот 80 - 20000 Гц, чувствительность 89 дБ, максимальный SPL 107 дБ. Закрытый корпус из ABS-пластика, панель с кабельным терминалом и селектором мощности закрыта резиновой крышкой. Монтаж на стену, на опору или к потолку на поворотно-наклонный кронштейн типа "лира" (в комплекте). Габаритные размеры 252х163х163 мм; вес 2,1 кг. Белый цвет корпуса.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>OSR608TBL</t>
   </si>
   <si>
     <t>Двухполосная акустика, динамики: вуфер 6,5″, полипропилен, феррит; твиттер 1", шелк с пропиткой, неодим; серия indoor/outdoor для коммерческого, административного и общественного использования, IP65. Низкоомные акустические линии 8 Ом, мощность 40 Вт (80 Вт пик), режимы трансформатора в трансляционных линиях 100В - 10/20/30/40 Вт. Диапазон частот 60 - 20000 Гц, чувствительность 90 дБ, максимальный SPL 109 дБ. Закрытый корпус из ABS-пластика, панель с кабельным терминалом и селектором мощности закрыта резиновой крышкой. Монтаж на стену, на опору или к потолку на поворотно-наклонный кронштейн типа "лира" (в комплекте). Габаритные размеры 302х196х193 мм; вес 2,8 кг. Черный цвет корпуса.</t>
   </si>
   <si>
-    <t>9 417</t>
+    <t>9 622</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>OSR608TW</t>
   </si>
   <si>
     <t>Двухполосная акустика, динамики: вуфер 6,5″, полипропилен, феррит; твиттер 1", шелк с пропиткой, неодим; серия indoor/outdoor для коммерческого, административного и общественного использования, IP65. Низкоомные акустические линии 8 Ом, мощность 40 Вт (80 Вт пик), режимы трансформатора в трансляционных линиях 100В - 10/20/30/40 Вт. Диапазон частот 60 - 20000 Гц, чувствительность 90 дБ, максимальный SPL 109 дБ. Закрытый корпус из ABS-пластика, панель с кабельным терминалом и селектором мощности закрыта резиновой крышкой. Монтаж на стену, на опору или к потолку на поворотно-наклонный кронштейн типа "лира" (в комплекте). Габаритные размеры 302х196х193 мм; вес 2,8 кг. Белый цвет корпуса.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>ODF308BL</t>
   </si>
   <si>
     <t>Широкополосная; динамик 1х 3″; серия indoor; мощность 10 Вт, максимально 20 Вт (пик); 150 - 20000 Гц; 86 дБ; 8 Ом; подключение 2-х контактный euroblock; монтаж на стену; корпус закрытый из ABS пластика; размеры 85x85x110 мм; вес 480 г; черный цвет корпуса.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>ODF308W</t>
   </si>
@@ -1055,273 +1052,276 @@
   <si>
     <t>Широкополосная; динамик 1х 3″; серия indoor; мощность 6 Вт, только для трансформаторных линий 100 В; 160 - 18000 Гц; 86 дБ; подключение 2-х контактный euroblock; монтаж на стену; корпус закрытый из ABS пластика; размеры 85x85x110 мм; вес 480 г; черный цвет корпуса.</t>
   </si>
   <si>
     <t>3 533</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>ODF3TW</t>
   </si>
   <si>
     <t>Широкополосная; динамик 1х 3″; серия indoor; мощность 6 Вт, только для трансформаторных линий 100 В; 160 - 18000 Гц; 86 дБ; подключение 2-х контактный euroblock; монтаж на стену; корпус закрытый из ABS пластика; размеры 85x85x110 мм; вес 480 г; белый цвет корпуса.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>SAT-S3BL</t>
   </si>
   <si>
     <t>Широкополосная; динамик 1х 3″; серия indoor; мощность 30 Вт, максимально 60 Вт (пик); 160 - 20000 Гц; 91 дБ; 8 Ом; подключение 2-х контактный euroblock; монтаж на стену; корпус закрытый из фанеры; размеры 120x120x135 мм; вес 1,2 кг; черный цвет корпуса.</t>
   </si>
   <si>
-    <t>8 372</t>
+    <t>9 628</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>SAT-S3W</t>
   </si>
   <si>
     <t>Широкополосная; динамик 1х 3″; серия indoor; мощность 30 Вт, максимально 60 Вт (пик); 160 - 20000 Гц; 91 дБ; 8 Ом; подключение 2-х контактный euroblock; монтаж на стену; корпус закрытый из фанеры; размеры 120x120x135 мм; вес 1,2 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>WPL10TBL</t>
   </si>
   <si>
     <t>Для публичных систем фоновой музыки и оповещения. Широкополосная, динамик 5″, Dual-Сone. Применяется в трансляционных линиях 100 В, мощность 5 или 10 Вт, рабочие частоты 165 - 20 000 Гц, чувствительность 90 дБ, max SPL 103 дБ; подключение 3-х контактный кабельный терминал. Корпус из ABS пластика, металлическая сетка. Размеры 267х171х108 мм, вес 1,3 кг, черный цвет. Монтаж на стену.</t>
   </si>
   <si>
-    <t>2 145</t>
+    <t>2 649</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>WPL10TW</t>
   </si>
   <si>
     <t>Для публичных систем фоновой музыки и оповещения. Широкополосная, динамик 5″, Dual-Сone. Применяется в трансляционных линиях 100 В, мощность 5 или 10 Вт, рабочие частоты 165 - 20 000 Гц, чувствительность 90 дБ, max SPL 103 дБ; подключение 3-х контактный кабельный терминал. Корпус из ABS пластика, металлическая сетка. Размеры 267х171х108 мм, вес 1,3 кг, белый цвет. Монтаж на стену.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>WPL6TBL</t>
   </si>
   <si>
     <t>Для публичных систем фоновой музыки и оповещения. Широкополосная, динамик 5″, Dual-Сone. Применяется в трансляционных линиях 100 В, мощность 3 или 6 Вт, рабочие частоты 165 - 20 000 Гц, чувствительность 90 дБ, max SPL 103 дБ; подключение 3-х контактный кабельный терминал. Корпус из ABS пластика, металлическая сетка. Размеры 267х171х108 мм, вес 1,3 кг, черный цвет. Монтаж на стену.</t>
   </si>
   <si>
-    <t>2 079</t>
+    <t>2 404</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>WPL6TW</t>
   </si>
   <si>
     <t>Для публичных систем фоновой музыки и оповещения. Широкополосная, динамик 5″, Dual-Сone. Применяется в трансляционных линиях 100 В, мощность 3 или 6 Вт, рабочие частоты 165 - 20 000 Гц, чувствительность 90 дБ, max SPL 103 дБ; подключение 3-х контактный кабельный терминал. Корпус из ABS пластика, металлическая сетка. Размеры 267х171х108 мм, вес 1,3 кг, белый цвет. Монтаж на стену.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>WPS6T</t>
   </si>
   <si>
     <t>Широкополосная; динамик 5″; серия Public Address; только для трансформаторных линий 100 В; режимы - 0,38/0,75/1,5/3/6 Вт; 180 - 18000 Гц; 91 дБ; подключение 2-х контактный вывод; монтаж на стену; корпус открытый из ABS пластика; размеры 203x203x88 мм; вес 1,1; белый цвет корпуса.</t>
   </si>
   <si>
-    <t>3 852</t>
+    <t>3 931</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Подвесные громкоговорители</t>
   </si>
   <si>
     <t>TUBE3:8BL</t>
   </si>
   <si>
     <t>широкополосный сателлит для использования в комплекте с сабвуферами 6"/8" серии SUBONE; 2.5" СЧ/ВЧ драйвер; частотный диапазон 120 Гц - 20 кГц; номинальная мощность 20 Вт продолжительная / 40 Вт максимальная; соединительный кабель в комплекте; максимальное звуковое давление 97 дБ; габаритные размеры 138 х Ø100 мм; вес 1.1 кг; МДФ; цвет чёрный.</t>
   </si>
   <si>
     <t>TUBE3:8W</t>
   </si>
   <si>
     <t>широкополосный сателлит для использования в комплекте с сабвуферами 6"/8" серии SUBONE; 2.5" СЧ/ВЧ драйвер; частотный диапазон 120 Гц - 20 кГц; номинальная мощность 20 Вт продолжительная / 40 Вт максимальная; соединительный кабель в комплекте; максимальное звуковое давление 97 дБ; габаритные размеры 138 х Ø100 мм; вес 1.1 кг; МДФ; цвет белый.</t>
   </si>
   <si>
     <t>CUP5:8RBL</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодим) + НЧ-вуфер 5" (феррит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный цилиндрический корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Габаритные размеры Ø277х345 мм, вес 7.1 кг. Монтаж подвесной, трос крепится на металлический кронштейн сверху (например, SM-SUB, доп.опция). В комплекте спикерный кабель PROCAST Cable SJB17.OFC.1,045 длиной 3.5 м (другие кабель/длина опционально). Совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
+    <t>31 011</t>
+  </si>
+  <si>
     <t>CUP5:8RW</t>
   </si>
   <si>
     <t>Двухполосная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодим) + НЧ-вуфер 5" (феррит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Низкоомная, импеданс 8 Ом, номинальная мощность 70 Вт, максимальная 140 Вт. Подключение через терминал 4-pin EuroBlock. Фазоинверторный цилиндрический корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Габаритные размеры Ø277х345 мм, вес 7.1 кг. Монтаж подвесной, трос крепится на металлический кронштейн сверху (например, SM-SUB, доп.опция). В комплекте спикерный кабель PROCAST Cable SJB17.OFC.1,045 длиной 3.5 м (другие кабель/длина опционально). Совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
     <t>CUP5:8TBL</t>
   </si>
   <si>
     <t>Двухполосная трансляционная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодим) + НЧ-вуфер 5" (феррит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Работает в низкоомных (8 Ом) и трансляционных (100В) линиях. Мощность: 70 Вт (8 Ом), 15/25/50 Вт (100В); максимальная 140 Вт. Подключение через терминал 8-pin EuroBlock. Фазоинверторный цилиндрический корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет черный. Габаритные размеры Ø275х345 мм, вес 6.3 кг. Монтаж подвесной, трос крепится на металлический кронштейн сверху (например, SM-SUB, доп.опция). В комплекте спикерный кабель PROCAST Cable SJB17.OFC.1,045 длиной 3.5 м (другие кабель/длина опционально). Совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
-    <t>22 460</t>
+    <t>25 829</t>
   </si>
   <si>
     <t>CUP5:8TW</t>
   </si>
   <si>
     <t>Двухполосная трансляционная Hi Fi акустика, 2 динамика: ВЧ-твиттер 1.1" (неодим) + НЧ-вуфер 5" (феррит). Диапазон частот 60 - 22 000 Гц, чувствительность 91 дБ, максимальный SPL 108 дБ. Работает в низкоомных (8 Ом) и трансляционных (100В) линиях. Мощность: 70 Вт (8 Ом), 15/25/50 Вт (100В); максимальная 140 Вт. Подключение через терминал 8-pin EuroBlock. Фазоинверторный цилиндрический корпус из МДФ с покрытием из полиуретана, стальная сетка, цвет белый. Габаритные размеры Ø275х345 мм, вес 6.3 кг. Монтаж подвесной, трос крепится на металлический кронштейн сверху (например, SM-SUB, доп.опция). В комплекте спикерный кабель PROCAST Cable SJB17.OFC.1,045 длиной 3.5 м (другие кабель/длина опционально). Совместима с сабвуферами серии SUBONE.</t>
   </si>
   <si>
     <t>CS416TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 4″,твитер 1"; 16 Ом; мощность 50 Вт, режимы трансформатора 3,75/7,5/15/30Вт (100В); 85 - 20000 Гц; чувствительность 89 дБ; подключение Eurodlock 2-pin; монтаж на подвес; корпус bass reflex из ABS пластика; размеры Ø138x167 мм; вес 1,5 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>10 416</t>
   </si>
   <si>
     <t>CS416TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 4″,твитер 1"; 16 Ом; мощность 50 Вт, режимы трансформатора 3,75/7,5/15/30Вт (100В); 85 - 20000 Гц; чувствительность 89 дБ; подключение Eurodlock 2-pin; монтаж на подвес; корпус bass reflex из ABS пластика; размеры Ø138x167 мм; вес 1,5 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>CS608TBL</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 6,5″,твитер 1"; 8 Ом; мощность 60 Вт, режимы трансформатора 1/2/4/8/16/32Вт (70/100В); 45 - 20000 Гц; чувствительность 90 дБ; подключение Eurodlock 4-pin; монтаж на подвес; корпус bass reflex из ABS пластика; размеры Ø310x383 мм; вес 4,32 кг; черный цвет корпуса.</t>
   </si>
   <si>
-    <t>18 033</t>
+    <t>18 406</t>
   </si>
   <si>
     <t>CS608TW</t>
   </si>
   <si>
     <t>2 полосная; динамики вуфер 6,5″,твитер 1"; 8 Ом; мощность 60 Вт, режимы трансформатора 1/2/4/8/16/32Вт (70/100В); 45 - 20000 Гц; чувствительность 90 дБ; подключение Eurodlock 4-pin; монтаж на подвес; корпус bass reflex из ABS пластика; размеры Ø310x383 мм; вес 4,32 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>SPC5T</t>
   </si>
   <si>
     <t>Широкополосная; динамик 5″; мощность 15 Вт, только для сети 100В, режимы - 3,75/7,5/15Вт; 130 - 15000 Гц; чувствительность 91 дБ; подключение - 4-х жильный кабельный вывод; влагозащита IP55; монтаж на подвес; корпус закрытый из ABS пластика; размеры Ø138x205 мм; вес 1,5 кг; белый цвет корпуса.</t>
   </si>
   <si>
-    <t>4 751</t>
+    <t>4 850</t>
   </si>
   <si>
     <t>SPC5TBL</t>
   </si>
   <si>
     <t>Широкополосная; динамик 5″; мощность 15 Вт, только для сети 100В, режимы - 3,75/7,5/15Вт; 130 - 15000 Гц; чувствительность 91 дБ; подключение - 4-х жильный кабельный вывод; влагозащита IP55; монтаж на подвес; корпус закрытый из ABS пластика; размеры Ø138x205 мм; вес 1,5 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>SPC6TBL</t>
   </si>
   <si>
     <t>Широкополосная; динамик 6,5″; мощность 30 Вт, только для сети 100В, режимы - 7,5/15/30Вт; 100 - 16500 Гц; чувствительность 91 дБ; подключение - 4-х жильный кабельный вывод длиной 3,5 м; влагозащита IP54; монтаж на подвес; корпус закрытый из ABS пластика с металлической решеткой; размеры Ø172х243 мм; вес 1,75 кг; черный цвет корпуса.</t>
   </si>
   <si>
-    <t>5 390</t>
+    <t>5 502</t>
   </si>
   <si>
     <t>SPC6TW</t>
   </si>
   <si>
     <t>Широкополосная; динамик 6,5″; мощность 30 Вт, только для сети 100В, режимы - 7,5/15/30Вт; 100 - 16500 Гц; чувствительность 91 дБ; подключение - 4-х жильный кабельный вывод длиной 3,5 м; влагозащита IP54; монтаж на подвес; корпус закрытый из ABS пластика с металлической решеткой; размеры Ø172х243 мм; вес 1,75 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>Рупорные громкоговорители</t>
   </si>
   <si>
     <t>HPA15T</t>
   </si>
   <si>
     <t>Рупор; мощность 15 Вт, 8 Ом, режимы - 1,9/3,8/7,5/15Вт (100 В); 400 - 5000 Гц; чувствительность 101 дБ; подключение - 2-х жильный кабельный вывод; влагозащита IP65; монтаж на стену; корпус закрытый из ABS пластика; размеры 232х220x163 мм; вес 1,4 кг; белый цвет корпуса.</t>
   </si>
   <si>
-    <t>6 666</t>
+    <t>7 102</t>
   </si>
   <si>
     <t>HPA30T</t>
   </si>
   <si>
     <t>Рупор; мощность 30 Вт, 8 Ом, режимы - 3,8/7,5/15/30Вт (100 В); 400 - 6000 Гц; чувствительность 105 дБ; подключение - 2-х жильный кабельный вывод; влагозащита IP65; монтаж на стену; корпус закрытый из ABS пластика; размеры 285х284x205 мм; вес 1,8 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>HPM50T</t>
   </si>
   <si>
     <t>Рупор 2 полосный; мощность 50 Вт, только для сети 100В, режимы - 15/30/50Вт; 100 - 20000 Гц; чувствительность 99 дБ; подключение - 4-х жильный кабельный вывод; влагозащита IP65; монтаж на стену; корпус закрытый из ABS пластика; размеры 362х310х252 мм; вес 3,9 кг; серый цвет корпуса.</t>
   </si>
   <si>
-    <t>19 531</t>
+    <t>20 808</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Звуковые колонны</t>
   </si>
   <si>
     <t>CSP42T</t>
   </si>
   <si>
     <t>Широкополосная; динамик 2х4″; серия Public Address; только для трансформаторных линий 100 В; режимы - 10/20 Вт; 100 - 15000 Гц; 91 дБ; подключение 3-х контактный вывод; монтаж на стену; корпус закрытый из алюминия; размеры 373x152x100 мм; вес 2,5; белый цвет корпуса.</t>
   </si>
   <si>
-    <t>7 598</t>
+    <t>9 808</t>
   </si>
   <si>
     <t>CSP43T</t>
   </si>
   <si>
     <t>Широкополосная; динамик 3х4″; серия Public Address; только для трансформаторных линий 100 В; режимы - 15/320 Вт; 100 - 15000 Гц; 92 дБ; подключение 3-х контактный вывод; монтаж на стену; корпус закрытый из алюминия; размеры 493x152x100 мм; вес 3,3; белый цвет корпуса.</t>
   </si>
   <si>
-    <t>9 334</t>
+    <t>11 409</t>
   </si>
   <si>
     <t>1.6</t>
   </si>
   <si>
     <t>Звуковые прожекторы</t>
   </si>
   <si>
     <t>SPP5T</t>
   </si>
   <si>
     <t>Широкополосная; динамик 5″; серия Public Address; только для трансформаторных линий 100 В; режимы - 2,5/5/10 Вт; 130 - 15000 Гц; 91 дБ; подключение 4-х контактный вывод; корпус закрытый из ABS пластика; размеры  Ø138x205 мм; вес 1,6 кг; белый цвет корпуса.</t>
   </si>
   <si>
     <t>SPP5TBL</t>
   </si>
   <si>
     <t>Широкополосная; динамик 5″; серия Public Address; только для трансформаторных линий 100 В; режимы - 2,5/5/10 Вт; 130 - 15000 Гц; 91 дБ; подключение 4-х контактный вывод; корпус закрытый из ABS пластика; размеры  Ø138x205 мм; вес 1,6 кг; черный цвет корпуса.</t>
   </si>
   <si>
     <t>SPP6T</t>
   </si>
   <si>
     <t>Широкополосная; динамик 6″; серия Public Address; только для трансформаторных линий 100 В; режимы -7,5/15/30 Вт; 100 - 15000 Гц; 92 дБ; подключение 4-х контактный вывод; корпус закрытый из ABS пластика; размеры  Ø170x245 мм; вес 1,8 кг; белый цвет корпуса.</t>
   </si>
@@ -2070,2676 +2070,2676 @@
       </c>
       <c r="E15" s="4" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="5" t="s">
+      <c r="D17" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="4" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="B18" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="5" t="s">
+      <c r="D18" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="E18" s="4" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="B19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="5" t="s">
+      <c r="D19" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="D19" s="5" t="s">
+      <c r="E19" s="4" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="B20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="D20" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="B21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="5" t="s">
+      <c r="D21" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="D21" s="5" t="s">
+      <c r="E21" s="4" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="B22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="5" t="s">
+      <c r="D22" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="E22" s="4" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C23" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="B23" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="5" t="s">
+      <c r="D23" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="E23" s="4" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="5" t="s">
+      <c r="D24" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="E24" s="4" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="B25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="5" t="s">
+      <c r="D25" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="D25" s="5" t="s">
+      <c r="E25" s="4" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="B26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="5" t="s">
+      <c r="D26" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="D26" s="5" t="s">
+      <c r="E26" s="4" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="B27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="5" t="s">
+      <c r="D27" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="D27" s="5" t="s">
+      <c r="E27" s="4" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="B28" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="D28" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="D28" s="5" t="s">
+      <c r="E28" s="4" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="B29" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="5" t="s">
+      <c r="D29" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D29" s="5" t="s">
+      <c r="E29" s="4" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="B30" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="5" t="s">
+      <c r="D30" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="B31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="5" t="s">
+      <c r="D31" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="B32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="5" t="s">
+      <c r="D32" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="E32" s="4" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="B33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="5" t="s">
+      <c r="D33" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="B34" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="5" t="s">
+      <c r="D34" s="5" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="D36" s="5" t="s">
+      <c r="E36" s="4" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D38" s="5" t="s">
+      <c r="E38" s="4" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="D40" s="5" t="s">
+      <c r="E40" s="4" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D42" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D42" s="5" t="s">
+      <c r="E42" s="4" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="E44" s="4" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="E45" s="4" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="D47" s="5" t="s">
+      <c r="E47" s="4" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D49" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="D49" s="5" t="s">
+      <c r="E49" s="4" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="E51" s="4" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="4" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D53" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="D53" s="5" t="s">
+      <c r="E53" s="4" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D55" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="D57" s="5" t="s">
+      <c r="E57" s="4" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D61" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="D61" s="5" t="s">
+      <c r="E61" s="4" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C65" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="B65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="5" t="s">
+      <c r="D65" s="5" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="B66" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="5" t="s">
+      <c r="D66" s="5" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C67" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="B67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="5" t="s">
+      <c r="D67" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D67" s="5" t="s">
+      <c r="E67" s="4" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="B68" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="5" t="s">
+      <c r="D68" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="4" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C69" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="B69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="5" t="s">
+      <c r="D69" s="5" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="B70" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="5" t="s">
+      <c r="D70" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C71" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="B71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="5" t="s">
+      <c r="D71" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="E71" s="4" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="B72" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="5" t="s">
+      <c r="D72" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="4" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C73" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="B73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="5" t="s">
+      <c r="D73" s="5" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C74" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="B74" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="5" t="s">
+      <c r="D74" s="5" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C75" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="B75" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="5" t="s">
+      <c r="D75" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="D75" s="5" t="s">
+      <c r="E75" s="4" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C76" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="B76" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="5" t="s">
+      <c r="D76" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="4" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="B77" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="5" t="s">
+      <c r="D77" s="5" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C78" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="B78" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="5" t="s">
+      <c r="D78" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="D78" s="5" t="s">
+      <c r="E78" s="4" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C79" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="B79" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="5" t="s">
+      <c r="D79" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="4" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C80" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="B80" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="5" t="s">
+      <c r="D80" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="D80" s="5" t="s">
+      <c r="E80" s="4" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="4" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="E81" s="4" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C82" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="B82" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="5" t="s">
+      <c r="D82" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="4" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="D83" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="4" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C84" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="B84" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="5" t="s">
+      <c r="D84" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="D84" s="5" t="s">
+      <c r="E84" s="4" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="4" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C85" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="D85" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="D85" s="5" t="s">
+      <c r="E85" s="4" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C86" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="B86" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="5" t="s">
+      <c r="D86" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="4" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="4" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="4" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C88" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="B88" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="5" t="s">
+      <c r="D88" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="D88" s="5" t="s">
+      <c r="E88" s="4" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C89" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="D89" s="5" t="s">
+      <c r="E89" s="4" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C90" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="B90" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="5" t="s">
+      <c r="D90" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="4" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="4" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C91" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="4" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C92" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="B92" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="5" t="s">
+      <c r="D92" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="D92" s="5" t="s">
+      <c r="E92" s="4" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="4" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C93" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="D93" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="D93" s="5" t="s">
+      <c r="E93" s="4" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C94" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="B94" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="5" t="s">
+      <c r="D94" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" s="4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="4" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C95" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="D95" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="D95" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E95" s="4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C96" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="B96" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="5" t="s">
+      <c r="D96" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="D96" s="5" t="s">
+      <c r="E96" s="4" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="4" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C97" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="D97" s="5" t="s">
+      <c r="E97" s="4" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C98" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="B98" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="5" t="s">
+      <c r="D98" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="4" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="4" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="D99" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="4" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C100" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="B100" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="5" t="s">
+      <c r="D100" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="D100" s="5" t="s">
+      <c r="E100" s="4" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="D101" s="5" t="s">
+      <c r="E101" s="4" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C102" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="B102" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="5" t="s">
+      <c r="D102" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="D102" s="5" t="s">
+      <c r="E102" s="4" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="4" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C103" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="D103" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="D103" s="5" t="s">
+      <c r="E103" s="4" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C104" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="B104" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="5" t="s">
+      <c r="D104" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="4" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="4" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C105" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="D105" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="D105" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="4" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="F105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C106" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="B106" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C106" s="5" t="s">
+      <c r="D106" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="D106" s="5" t="s">
+      <c r="E106" s="4" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="4" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C107" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="D107" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="D107" s="5" t="s">
+      <c r="E107" s="4" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C108" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="B108" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="5" t="s">
+      <c r="D108" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="D108" s="5" t="s">
+      <c r="E108" s="4" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B109" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C109" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="B109" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C109" s="5" t="s">
+      <c r="D109" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="D109" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="4" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="F109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C110" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="B110" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="5" t="s">
+      <c r="D110" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="D110" s="5" t="s">
+      <c r="E110" s="4" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G110" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C111" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="B111" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C111" s="5" t="s">
+      <c r="D111" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="4" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="F111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G111" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C112" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="B112" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C112" s="5" t="s">
+      <c r="D112" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="D112" s="5" t="s">
+      <c r="E112" s="4" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="F112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G112" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C113" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="B113" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C113" s="5" t="s">
+      <c r="D113" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="D113" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="4" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="F113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G113" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C114" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="B114" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C114" s="5" t="s">
+      <c r="D114" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="D114" s="5" t="s">
+      <c r="E114" s="4" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G114" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C115" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="B115" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C115" s="5" t="s">
+      <c r="D115" s="5" t="s">
         <v>329</v>
       </c>
-      <c r="D115" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" s="4" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="F115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G115" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C116" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="B116" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="5" t="s">
+      <c r="D116" s="5" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G116" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C117" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="B117" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C117" s="5" t="s">
+      <c r="D117" s="5" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G117" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C118" s="5" t="s">
         <v>337</v>
       </c>
-      <c r="B118" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C118" s="5" t="s">
+      <c r="D118" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="D118" s="5" t="s">
+      <c r="E118" s="4" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G118" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C119" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="B119" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="5" t="s">
+      <c r="D119" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="D119" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" s="4" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="F119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G119" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C120" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="B120" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="5" t="s">
+      <c r="D120" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="D120" s="5" t="s">
+      <c r="E120" s="4" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G120" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C121" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="B121" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C121" s="5" t="s">
+      <c r="D121" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="D121" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="4" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="F121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G121" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C122" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="B122" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C122" s="5" t="s">
+      <c r="D122" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="D122" s="5" t="s">
+      <c r="E122" s="4" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G122" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C123" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="B123" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C123" s="5" t="s">
+      <c r="D123" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="D123" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="4" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G123" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C124" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="B124" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C124" s="5" t="s">
+      <c r="D124" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="D124" s="5" t="s">
+      <c r="E124" s="4" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G124" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C125" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="B125" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C125" s="5" t="s">
+      <c r="D125" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="D125" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" s="4" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="F125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G125" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C126" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="B126" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C126" s="5" t="s">
+      <c r="D126" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="D126" s="5" t="s">
+      <c r="E126" s="4" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G126" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3"/>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B128" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C128" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="D128" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" s="4" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="F128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G128" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E129" s="4" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G129" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C130" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="D130" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="D130" s="5" t="s">
+      <c r="E130" s="4" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G130" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>377</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>378</v>
       </c>
       <c r="E131" s="4" t="s">
-        <v>137</v>
+        <v>376</v>
       </c>
       <c r="F131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G131" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>379</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>380</v>
       </c>
       <c r="E132" s="4" t="s">
         <v>381</v>
       </c>
       <c r="F132" s="4" t="s">
@@ -4867,97 +4867,97 @@
     <row r="138" spans="1:7">
       <c r="A138" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B138" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>394</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>395</v>
       </c>
       <c r="E138" s="4" t="s">
         <v>396</v>
       </c>
       <c r="F138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G138" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>397</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>398</v>
       </c>
       <c r="E139" s="4" t="s">
         <v>396</v>
       </c>
       <c r="F139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G139" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>399</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>400</v>
       </c>
       <c r="E140" s="4" t="s">
         <v>401</v>
       </c>
       <c r="F140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G140" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>402</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>403</v>
       </c>
       <c r="E141" s="4" t="s">
         <v>401</v>
       </c>
       <c r="F141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G141" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B142" s="3" t="s">
@@ -4984,51 +4984,51 @@
       </c>
       <c r="E143" s="4" t="s">
         <v>408</v>
       </c>
       <c r="F143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G143" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B144" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>409</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>410</v>
       </c>
       <c r="E144" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G144" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>411</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>412</v>
       </c>
       <c r="E145" s="4" t="s">
         <v>413</v>
       </c>
       <c r="F145" s="4" t="s">