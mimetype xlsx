--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -12,206 +12,206 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>Прайс-лист: Сабвуферы</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Сабвуферы</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>SUBone model F-6BL/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 150 Вт RMS; частотный диапазон 50 - 180 Гц с активным low-pass фильтром; НЧ динамик 6.5" (165 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Master; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол; 332x332x383 мм; вес 12.4 кг; черный.</t>
   </si>
   <si>
-    <t>42 327</t>
+    <t>46 560</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SUBone model F-6W/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 150 Вт RMS; частотный диапазон 50 - 180 Гц с активным low-pass фильтром; НЧ динамик 6.5" (165 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Master; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол; 332x332x383 мм; вес 12.4 кг; белый.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SUBone model F-8BL/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 250 Вт RMS; частотный диапазон 50 - 180 Гц с активным low-pass фильтром; НЧ динамик 8" (205 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Master; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол; 332x332x400 мм; вес 15.2 кг; черный.</t>
   </si>
   <si>
-    <t>48 122</t>
+    <t>52 935</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>SUBone model F-8W/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 250 Вт RMS; частотный диапазон 50 - 180 Гц с активным low-pass фильтром; НЧ динамик 8" (205 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Master; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол; 332x332x400 мм; вес 15.2 кг; белый.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SUBone model A-6BL/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 150 Вт RMS; частотный диапазон 50 - 250 Гц с активным low-pass фильтром; НЧ динамик 6.5" (165 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Masters; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 11.5 кг; черный.</t>
   </si>
   <si>
-    <t>44 486</t>
+    <t>48 935</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>SUBone model A-6W/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 150 Вт RMS; частотный диапазон 50 - 250 Гц с активным low-pass фильтром; НЧ динамик 6.5" (165 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Masters; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 11.5 кг; белый.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SUBone model B-8BL/ACTIVE</t>
   </si>
   <si>
     <t>Активный, усилитель класса D; мощность 250 Вт RMS; частотный диапазон 40 - 250 Гц с активным low-pass фильтром; НЧ динамик 8" (205 мм); регулируемый поворот фазы 0-180°; контакты EXT.MUTE для интеграции в пожарные системы; уровень громкости меняется с помощью регулятора Masters; автоматическое отключение без наличия сигнала; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 545x445x205 мм; вес 16.5 кг; белый.</t>
   </si>
   <si>
-    <t>50 786</t>
+    <t>55 865</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>SUBone model B-8W/ACTIVE</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>SUB-ONE-Bl</t>
   </si>
   <si>
     <t>Пассивный; мощность 100 Вт RMS / 150 Вт макс.; сопротивление 8 Ом; частотный диапазон 45 - 200 Гц; чувствительность 90 дБ; диффузор 8” / 203.2 мм (целлюлоза с пропиткой); корпус фанера 18 мм; размеры 155 x 500 x 400 мм; вес 8.5 кг; черный.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>SUB-ONE-W</t>
   </si>
   <si>
     <t>Пассивный; мощность 100 Вт RMS / 150 Вт макс.; сопротивление 8 Ом; частотный диапазон 45 - 200 Гц; чувствительность 90 дБ; диффузор 8” / 203.2 мм (целлюлоза с пропиткой); корпус фанера 18 мм; размеры 155 x 500 x 400 мм; вес 8.5 кг; белый.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>SUBone model A-6/BL</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 9.5 кг; белый.</t>
   </si>
   <si>
-    <t>27 006</t>
+    <t>29 707</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>SUBone model A-6/W</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>SUBone model B-8/BL</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; сопротивление 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; установка на пол или крепление на стену/потолок на опциональный кронштейн; 545х445х205 мм; вес 12.8 кг; черный.</t>
   </si>
   <si>
-    <t>33 306</t>
+    <t>36 637</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>SUBone model B-8/W</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; сопротивление 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; установка на пол или крепление на стену/потолок на опциональный кронштейн; 545х445х205 мм; вес 12.8 кг; белый.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>SUBone model C-6/BL</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; импеданс 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6" (153 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; торцевое размещение динамика и фазоинвертора; установка на пол или крепление на стену/потолок на опциональный кронштейн; 430х361х180 мм; вес 9.5 кг; черный. Для помещений площадью до 80 м2.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>SUBone model C-6/W</t>
   </si>
@@ -236,309 +236,312 @@
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; торцевое размещение динамика и фазоинвертора; установка на пол или крепление на стену/потолок на опциональный кронштейн; 438х496х242 мм; вес 12.5 кг; белый.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>SUBstick 6/BL</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); внешнее кроссирование; корпус типа "лабиринт" из МДФ с покрытием структурированным полиуретаном; крепление на стену или потолок на опциональный кронштейн; 252x203x620 мм; вес 8.4 кг; черный.</t>
   </si>
   <si>
     <t>23 999</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>SUBstick 6/W</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); внешнее кроссирование; корпус типа "лабиринт" из МДФ с покрытием структурированным полиуретаном; крепление на стену или потолок на опциональный кронштейн; 252x203x620 мм; вес 8.4 кг; белый.</t>
   </si>
   <si>
+    <t>26 399</t>
+  </si>
+  <si>
     <t>21</t>
   </si>
   <si>
     <t>SUBone model A-6/BL/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 9.5 кг; черный.</t>
   </si>
   <si>
-    <t>28 731</t>
+    <t>31 605</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>SUBone model A-6/W/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 9.5 кг; белый.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>SUBone model B-8/BL/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; сопротивление 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену/потолок на опциональный кронштейн; 545х445х205 мм; вес 13 кг; черный.</t>
   </si>
   <si>
-    <t>35 031</t>
+    <t>38 535</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>SUBone model B-8/W/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; сопротивление 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену/потолок на опциональный кронштейн; 545х445х205 мм; вес 13 кг; белый.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>SUBone model C-8/BL/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; торцевое размещение динамика и фазоинвертора; установка на пол или крепление на стену/потолок на опциональный кронштейн; 438х496х242 мм; вес 12.9 кг; черный.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>SUBone model C-8/W/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS / 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (205 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; торцевое размещение динамика и фазоинвертора; установка на пол или крепление на стену/потолок на опциональный кронштейн; 438х496х242 мм; вес 12.9 кг; белый.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>SUBone model A-6/BL/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 70 В; 100 В; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 10.3 кг; черный.</t>
   </si>
   <si>
-    <t>31 169</t>
+    <t>34 286</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>SUBone model A-6/W/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 70 Вт; 100 В; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену на опциональный кронштейн; 430х361х180 мм; вес 10.3 кг; белый.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>SUBone model B-8/BL/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 100 Вт; 100 В; частотный диапазон 50 - 120 Гц; НЧ динамик 8" (205 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену/потолок на опциональный кронштейн; 545х445х205 мм; вес 14.1 кг; черный.</t>
   </si>
   <si>
-    <t>38 049</t>
+    <t>41 854</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>SUBone model B-8/W/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 100 Вт; 100 В; частотный диапазон 50 - 120 Гц; НЧ динамик 8" (205 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; установка на пол или крепление на стену/потолок на опциональный кронштейн; 545х445х205 мм; вес 14.1 кг; белый.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>BEATBOMBER SUB-S12BL</t>
   </si>
   <si>
     <t>пассивный сабвуфер; 12"; без встроенного LP фильтра; нижняя граница частотного диапазона 35 Гц; мощность 300 Вт продолжительная / 600 Вт максимальная; сопротивление 8 Ом; максимальное звуковое давление 119.4 дБ; SpeakON®; габаритные размеры 495 х 490 х 390 мм; вес 12.5 кг; корпус из берёзовой фанеры; цвет чёрный.</t>
   </si>
   <si>
-    <t>47 156</t>
+    <t>49 514</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>BEATBOMBER SUB-S12W</t>
   </si>
   <si>
     <t>пассивный сабвуфер; 12"; без встроенного LP фильтра; нижняя граница частотного диапазона 35 Гц; мощность 300 Вт продолжительная / 600 Вт максимальная; сопротивление 8 Ом; максимальное звуковое давление 119.4 дБ; SpeakON®; габаритные размеры 495 х 490 х 390 мм; вес 12.5 кг; корпус из берёзовой фанеры; цвет белый.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>BEATBOMBER SUB-S18FBL</t>
   </si>
   <si>
     <t>пассивный сабвуфер; 18"; без встроенного LP фильтра; нижняя граница частотного диапазона 30 Гц; мощность 1000 Вт продолжительная / 2000 Вт максимальная; сопротивление 8 Ом; максимальное звуковое давление 127.7 дБ; SpeakON®; габаритные размеры 651 х 516 х 642 мм; вес 36.5 кг; корпус из берёзовой фанеры; цвет чёрный.</t>
   </si>
   <si>
-    <t>81 607</t>
+    <t>85 688</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>BEATBOMBER SUB-S18FW</t>
   </si>
   <si>
     <t>пассивный сабвуфер; 18"; без встроенного LP фильтра; нижняя граница частотного диапазона 30 Гц; мощность 1000 Вт продолжительная / 2000 Вт максимальная; сопротивление 8 Ом; максимальное звуковое давление 127.7 дБ; SpeakON®; габаритные размеры 651 х 516 х 642 мм; вес 36.5 кг; корпус из берёзовой фанеры; цвет белый.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>SUBone model D-6/BL</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х325 мм; вес 9.8 кг; черный.</t>
   </si>
   <si>
-    <t>26 212</t>
+    <t>28 834</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>SUBone model D-6/W</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х325 мм; вес 9.8 кг; белый.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>SUBone model DH-8/BL</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS, 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (203 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х492 мм; вес 12.6 кг; черный.</t>
   </si>
   <si>
-    <t>31 644</t>
+    <t>34 809</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>SUBone model DH-8/W</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS, 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (203 мм); внешнее кроссирование; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х492 мм; вес 12.6 кг; белый.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>SUBone model D-6/BL/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х325 мм; вес 9.8 кг; черный.</t>
   </si>
   <si>
-    <t>27 937</t>
+    <t>30 731</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>SUBone model D-6/W/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 80 Вт RMS / 160 Вт макс.; сопротивление 4 Ом; частотный диапазон 50 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х325 мм; вес 9.8 кг; белый.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>SUBone model DH-8/BL/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS, 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (203 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х492 мм; вес 12.6 кг; черный.</t>
   </si>
   <si>
-    <t>33 369</t>
+    <t>36 706</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>SUBone model DH-8/W/CR</t>
   </si>
   <si>
     <t>Пассивный; мощность 150 Вт RMS, 300 Вт макс.; импеданс 4 Ом; частотный диапазон 40 - 120 Гц; НЧ динамик 8" (203 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х492 мм; вес 12.6 кг; белый.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>SUBone model D-6/BL/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 70 Вт; 100 В; частотный диапазон 60 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х325 мм; вес 10.4 кг; черный.</t>
   </si>
   <si>
-    <t>30 375</t>
+    <t>33 413</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>SUBone model D-6/W/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 70 Вт; 100 В; частотный диапазон 60 - 120 Гц; НЧ динамик 6.5" (165 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х325 мм; вес 10.4 кг; белый.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>SUBone model DH-8/BL/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 100 Вт; 100 В; частотный диапазон 50 - 120 Гц; НЧ динамик 8" (203 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х492 мм; вес 12.6 кг; черный.</t>
   </si>
   <si>
-    <t>36 388</t>
+    <t>40 027</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>SUBone model DH-8/W/CR/T</t>
   </si>
   <si>
     <t>Пассивный; мощность 100 Вт; 100 В; частотный диапазон 50 - 120 Гц; НЧ динамик 8" (203 мм); встроенный пассивный кроссовер; фазоинверторный корпус из МДФ; подвес к потолку на 2 троса (опциональный монтажный комплект); Ø380х492 мм; вес 12.6 кг; белый.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>SUB-CR6T</t>
   </si>
   <si>
     <t>Пассивный; мощность 60 Вт RMS / 120 Вт макс.; отводы трансформатора 100V - 60W, 30W, 15W, 7.5W / 70V - 60W, 30W, 15W, 7.5W, 3.8W; сопротивление 8 Ом; частотный диапазон 50 - 250 Гц; чувствительность 84 дБ; диффузор 6.5” / 165 мм (прессованная целлюлоза); корпус ABS пластик; размеры 250 x 170 мм; вес 3.8 кг; цвет белый.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>SUB-S8L</t>
   </si>
@@ -1505,810 +1508,810 @@
       </c>
       <c r="E23" s="4" t="s">
         <v>70</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E26" s="4" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E28" s="4" t="s">
         <v>85</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E32" s="4" t="s">
         <v>98</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E34" s="4" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E36" s="4" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E38" s="4" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E40" s="4" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E42" s="4" t="s">
         <v>133</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="E44" s="4" t="s">
         <v>140</v>
-      </c>
-[...10 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E46" s="4" t="s">
         <v>147</v>
-      </c>
-[...10 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="E48" s="4" t="s">
         <v>154</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E50" s="4" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>