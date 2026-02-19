--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -47,102 +47,102 @@
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Акустические системы для кинотеатров</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>Moviematic MMS108</t>
   </si>
   <si>
     <t>Для кинотеатра; пассивная; двухполосная; серия Moviematic; ВЧ драйвер 1 х 1” (24.5 мм); НЧ/СЧ динамик 1 х 8” (196 мм); мощность 200 Вт RMS / 400 Вт макс.; сопротивление 8 Ом; частотный диапазон 60 - 18000 Гц; чувствительность 97 дБ; винтовые зажимы; размеры 443 х 510 х 226 мм; вес 12 кг; цвет черный.</t>
   </si>
   <si>
-    <t>46 057</t>
+    <t>52 966</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Moviematic MMCF115</t>
   </si>
   <si>
     <t>Для кинотеатра; пассивная; двухполосная; серия Moviematic; ВЧ драйвер 1 х 1” (24.5 мм); НЧ/СЧ динамик 1 х 15” (367.5 мм); мощность 500 Вт RMS / 1000 Вт макс.; сопротивление 8 Ом; частотный диапазон 45 - 18000 Гц; чувствительность 99.4 дБ; винтовые зажимы; размеры 485 х 1025 х 465 мм; вес 45 кг; цвет черный.</t>
   </si>
   <si>
-    <t>90 135</t>
+    <t>103 656</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Moviematic MMCF115-F</t>
   </si>
   <si>
     <t>Для кинотеатра; пассивная; двухполосная; серия Moviematic; ВЧ драйвер 1 х 1” (24.5 мм); НЧ/СЧ динамик 1 х 15” (367.5 мм); мощность 500 Вт RMS / 1000 Вт макс.; сопротивление 8 Ом; частотный диапазон 45 - 18000 Гц; частота кроссовера 2.5 кГц; чувствительность 99.4 дБ; винтовые зажимы; размеры 485 х 1025 х 465 мм; вес 45 кг; цвет черный.</t>
   </si>
   <si>
-    <t>93 010</t>
+    <t>106 962</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Moviematic MMCF215</t>
   </si>
   <si>
     <t>Для кинотеатра; пассивная; двухполосная; серия Moviematic; ВЧ драйвер 1 х 1.5” (36.8 мм); НЧ/СЧ динамик 2 х 15” (367.5 мм); мощность 1000 Вт RMS / 2000 Вт макс.; сопротивление 4 Ом; частотный диапазон 40 - 18000 Гц; чувствительность 102 дБ; винтовые зажимы; размеры 640 х 1280 х 510 мм; вес 70 кг; цвет черный.</t>
   </si>
   <si>
-    <t>122 335</t>
+    <t>140 686</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Moviematic MMCF215-F</t>
   </si>
   <si>
     <t>Для кинотеатра; пассивная; двухполосная; серия Moviematic; ВЧ драйвер 1 х 1.5” (36.8 мм); НЧ/СЧ динамик 2 х 15” (367.5 мм); мощность 1000 Вт RMS / 2000 Вт макс.; сопротивление 4 Ом; частотный диапазон 40 - 18000 Гц; частота кроссовера 1.2 кГц; чувствительность 102 дБ; винтовые зажимы; размеры 640 х 1280 х 510 мм; вес 70 кг; цвет черный.</t>
   </si>
   <si>
-    <t>125 210</t>
+    <t>143 992</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>