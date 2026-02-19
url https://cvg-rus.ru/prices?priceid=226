--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -47,66 +47,66 @@
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Сабвуферы для кинотеатров</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>Moviematic MMSUB118</t>
   </si>
   <si>
     <t>Для кинотеатра; серия Moviematic; НЧ динамик 1 х 18” (441 мм); мощность 1000 Вт RMS / 2000 Вт макс.; сопротивление 8 Ом; частотный диапазон 35 - 140 Гц; чувствительность 94.7 дБ; винтовые зажимы; размеры 650 х 525 х 620 мм; вес 53 кг; цвет черный.</t>
   </si>
   <si>
-    <t>79 120</t>
+    <t>90 088</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Moviematic MMSUB218</t>
   </si>
   <si>
     <t>Для кинотеатра; серия Moviematic; НЧ динамик 2 х 18” (441 мм); мощность 2000 Вт RMS / 4000 Вт макс.; сопротивление 4 Ом; частотный диапазон 35 - 140 Гц; чувствительность 97.7 дБ; винтовые зажимы; размеры 1360 х 700 х 495 мм; вес 80 кг; цвет черный.</t>
   </si>
   <si>
-    <t>122 820</t>
+    <t>141 243</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>