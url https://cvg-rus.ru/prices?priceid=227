--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -47,231 +47,231 @@
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Комплекты акустики</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>SUBSET-BL / SAT-S3</t>
   </si>
   <si>
     <t>Пассивный; один сабвуфер + 4 колонки; мощность - общая 200 Вт, минимальная 30 Вт; зона покрытия 80-100 м2; режимы моно/стерео; габариты сабвуфера: размеры 205x545x445 мм, вес 12,8 кг; габариты колонки: размеры 120x120x135 мм, вес 1,2 кг; цвет комплекта черный.</t>
   </si>
   <si>
-    <t>66 903</t>
+    <t>80 614</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SUBSET-W / SAT-S3</t>
   </si>
   <si>
     <t>Пассивный; один сабвуфер + 4 колонки; мощность - общая 200 Вт, минимальная 30 Вт; зона покрытия 80-100 м2; режимы моно/стерео; габариты сабвуфера: размеры 205x545x445 мм, вес 12,8 кг; габариты колонки: размеры 120x120x135 мм, вес 1,2 кг; цвет комплекта белый.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>HOMESET-C2W</t>
   </si>
   <si>
     <t>Активный комплект акустики. Двухканальный цифровой усилитель NB-1 + 2 колонки CL608 в потолок + спикерный кабель PROCAST длиной 20 м. Мощность 2х10 Вт, стерео, 8 Ом, 1 колонка на канал; зона покрытия 20 м2 при высоте потолка до 3 м. Встроенный Bluetooth 5.1 для воспроизведения с гаджетов, 1 кнопка управления. Габариты усилителя: размеры 160х54х36 мм, потребляемая мощность 50 Вт; габариты колонки: размеры Ø227х60 мм, вес 1,8 кг; цвет АС  белый.</t>
   </si>
   <si>
-    <t>21 832</t>
+    <t>22 421</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Reset C40W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 2 колонки в потолок; мощность 2*15 Вт, 1 колонка на канал; зона покрытия 40 м2; стерео; встроенный Bluetooth, MP3-плеер (USB/SD) и FM-тюнер на 50 станций; габариты усилителя: размеры 155х86х60 мм, вес 1,2 кг; габариты колонки: размеры Ø227х60 мм, вес 1,8 кг; цвет комплекта белый.</t>
   </si>
   <si>
-    <t>22 629</t>
+    <t>23 764</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Reset W40BL</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 2 колонки на стену; мощность 2*15 Вт, 1 колонка на канал; зона покрытия 40 м2; стерео; встроенный Bluetooth, MP3-плеер (USB/SD) и FM-тюнер на 50 станций; габариты усилителя: размеры 155х86х60 мм, вес 1,2 кг; габариты колонки: размеры 163х237х160 мм, вес 1,9 кг; цвет комплекта черный.</t>
   </si>
   <si>
-    <t>31 878</t>
+    <t>32 120</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Reset W40W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 2 колонки на стену; мощность 2*15 Вт, 1 колонка на канал; зона покрытия 40 м2; стерео; встроенный Bluetooth, MP3-плеер (USB/SD) и FM-тюнер на 50 станций; габариты усилителя: размеры 155х86х60 мм, вес 1,2 кг; габариты колонки: размеры 163х237х160 мм, вес 1,9 кг; цвет комплекта белый.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>STUDYset W2BL</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 2 колонки на стену; мощность на каждый канал 2*50 Вт; зона покрытия 50 м2; стерео; габариты усилителя: размеры 190x40x202 мм, вес 1,2 кг; габариты колонки: размеры 192х279х192 мм, вес 2,7 кг; цвет комплекта черный.</t>
   </si>
   <si>
-    <t>40 973</t>
+    <t>40 945</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>STUDYset W2W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 2 колонки на стену; мощность на каждый канал 2*50 Вт; зона покрытия 50 м2; стерео; габариты усилителя: размеры 190x40x202 мм, вес 1,2 кг; габариты колонки: размеры 192х279х192 мм, вес 2,7 кг; цвет комплекта белый.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>HOMESET-C4W</t>
   </si>
   <si>
     <t>Активный комплект акустики. Двухканальный цифровой усилитель NB-1 + 4 колонки CL608 в потолок + спикерный кабель PROCAST длиной 30 м. Мощность 2х15 Вт, 4 Ом, стерео, 2 колонки на канал; зона покрытия 40 м2 при высоте потолка до 3 м. Встроенный Bluetooth 5.1 для воспроизведения с гаджетов, 1 кнопка управления. Габариты усилителя: размеры 160х54х36 мм, потребляемая мощность 50 Вт; габариты колонки: размеры Ø227х60 мм, вес 1,8 кг; цвет АС  белый.</t>
   </si>
   <si>
-    <t>33 868</t>
+    <t>34 846</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Reset C80W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 4 колонки в потолок; мощность 2*25 Вт (4 Ома), 2 колонки на канал; зона покрытия 80 м2; стерео; встроенный Bluetooth, MP3-плеер (USB/SD) и FM-тюнер на 50 станций; габариты усилителя: размеры 155х86х60 мм, вес 1,2 кг; габариты колонки: размеры Ø227х60 мм, вес 1,8 кг; цвет комплекта белый.</t>
   </si>
   <si>
-    <t>37 484</t>
+    <t>39 788</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Reset W80BL</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 4 колонки на стену; мощность 2*25 Вт, 2 колонки на канал; зона покрытия 80 м2; стерео; встроенный Bluetooth, MP3-плеер (USB/SD) и FM-тюнер на 50 станций; габариты усилителя: размеры 155х86х60 мм, вес 1,2 кг; габариты колонки: размеры 163х237х160 мм, вес 1,9 кг; цвет комплекта черный.</t>
   </si>
   <si>
-    <t>55 982</t>
+    <t>56 501</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Reset W80W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 4 колонки на стену; мощность 2*25 Вт, 2 колонки на канал; зона покрытия 80 м2; стерео; встроенный Bluetooth, MP3-плеер (USB/SD) и FM-тюнер на 50 станций; габариты усилителя: размеры 155х86х60 мм, вес 1,2 кг; габариты колонки: размеры 163х237х160 мм, вес 1,9 кг; цвет комплекта белый.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>STUDYset C4W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 4 колонки в потолок; мощность на каждый канал 2*50 Вт; зона покрытия 60-80 м2; стерео; габариты усилителя: размеры 190x40x202 мм, вес 1,2 кг; габариты колонки: размеры Ø213х87 мм, вес 1,5 кг; цвет комплекта белый.</t>
   </si>
   <si>
-    <t>51 626</t>
+    <t>53 102</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>STUDYset W4BL</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 4 колонки на стену; мощность на каждый канал 2*50 Вт; зона покрытия 80 м2; стерео; габариты усилителя: размеры 190x40x202 мм, вес 1,2 кг; габариты колонки: размеры 163х237х160 мм, вес 1,9 кг; цвет комплекта черный.</t>
   </si>
   <si>
-    <t>69 787</t>
+    <t>58 209</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>STUDYset W4W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 4 колонки на стену; мощность на каждый канал 2*50 Вт; зона покрытия 80 м2; стерео; габариты усилителя: размеры 190x40x202 мм, вес 1,2 кг; габариты колонки: размеры 163х237х160 мм, вес 1,9 кг; цвет комплекта белый.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>STUDYset C6W</t>
   </si>
   <si>
     <t>Активный; микшер-усилитель на 2 канала + 6 колонок в потолок; мощность на каждый канал 2*50 Вт; зона покрытия 80-100 м2; стерео; габариты усилителя: размеры 190x40x202 мм, вес 1,2 кг; габариты колонки: размеры Ø245х94 мм, вес 2,1 кг; цвет комплекта белый.</t>
   </si>
   <si>
-    <t>53 393</t>
+    <t>55 175</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>SUBSET-BL / NUT3:8</t>
   </si>
   <si>
     <t>Пассивный; один сабвуфер и 4 сателлита; суммарная мощность 200 Вт RMS; номинальный импеданс 4 Ом; встроенный кроссовер с Hi-Pass/Low-pass пассивными фильтрами; выходы 4 × соединительный блок с зажимами; габариты сабвуфера 545 x 445 x 205 мм, вес 12.8 кг; габариты сателлита 168 х 105 х 115 мм, вес 1.2 кг; МДФ; цвет чёрный.</t>
   </si>
   <si>
-    <t>69 801</t>
+    <t>82 301</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>SUBSET-BL / TUBE3:8</t>
   </si>
   <si>
     <t>Пассивный; один сабвуфер и 4 сателлита; суммарная мощность 200 Вт RMS; номинальный импеданс 4 Ом; встроенный кроссовер с Hi-Pass/Low-pass пассивными фильтрами; выходы 4 × соединительный блок с зажимами; габариты сабвуфера 545 x 445 x 205 мм, вес 12.8 кг; габариты сателлита 138 х Ø100 мм, вес 1.1 кг; МДФ; цвет чёрный.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>SUBSET-W / NUT3:8</t>
   </si>
   <si>
     <t>Пассивный; один сабвуфер и 4 сателлита; суммарная мощность 200 Вт RMS; номинальный импеданс 4 Ом; встроенный кроссовер с Hi-Pass/Low-pass пассивными фильтрами; выходы 4 × соединительный блок с зажимами; габариты сабвуфера 545 x 445 x 205 мм, вес 12.8 кг; габариты сателлита 168 х 105 х 115 мм, вес 1.2 кг; МДФ; цвет белый.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>SUBSET-W / TUBE3:8</t>
   </si>