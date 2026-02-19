--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -74,195 +74,195 @@
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VRA-660</t>
   </si>
   <si>
     <t>Рэковый; 6 каналов; мощность 60 Вт на канал; 11 позиций регулировки; только для сети 100 В; реле аварийного оповещения 24 В для каждого канала; цвет черный; размеры 2U 430х100х88 мм; вес 3,3 кг</t>
   </si>
   <si>
     <t>31 683</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VA-Black S</t>
   </si>
   <si>
     <t>Для настенных регуляторов громкости; состоит из: лицевой панели, рамки и ручки регулятора; совместимость с моделями серии VA; материал ABS пластик; цвет черный.</t>
   </si>
   <si>
-    <t>540</t>
+    <t>1 100</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>NVC-BL</t>
   </si>
   <si>
     <t>Совместная работа с усилителями серии NEXT; регулятор громкости для линейного выхода от 0 (Mute) до макс.громкости на усилителе (MUSIC VOL); максимальная длина трассы 50 м; рекомендуемые кабели CAT5TE / CAT6; управление по RS-485; питание от усилителя; лицевая панель из черного алюминия; размеры 95 x 95 x 24 мм; вес 83 г; монтаж накладной/врезной.</t>
   </si>
   <si>
-    <t>1 644</t>
+    <t>1 678</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>NVC-W</t>
   </si>
   <si>
     <t>Совместная работа с усилителями серии NEXT; регулятор громкости для линейного выхода от 0 (Mute) до макс.громкости на усилителе (MUSIC VOL); максимальная длина трассы 50 м; рекомендуемые кабели CAT5TE / CAT6; управление по RS-485; питание от усилителя; лицевая панель из белого алюминия; размеры 95 x 95 x 24 мм; вес 83 г; монтаж накладной/врезной.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>N-SRC-BL</t>
   </si>
   <si>
     <t>Совместная работа с усилителями серии NEXT; встроенные: MP3/Flac-плеер, FM-тюнер и модуль Bluetooth, воспроизведение с USB/microSD (емкость до 65 Гб); линейный вход mini-TRS; максимальная длина трассы 50 м; рекомендуемые кабели CAT5E / CAT6; питание от усилителя; лицевая панель из черного алюминия; размеры 155 x 95 x 44 мм; вес 185 г; монтаж накладной/врезной.</t>
   </si>
   <si>
-    <t>6 811</t>
+    <t>7 551</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>N-SRC-W</t>
   </si>
   <si>
     <t>Совместная работа с усилителями серии NEXT; встроенные: MP3/Flac-плеер, FM-тюнер и модуль Bluetooth, воспроизведение с USB/microSD (емкость до 65 Гб); линейный вход mini-TRS; максимальная длина трассы 50 м; рекомендуемые кабели CAT5E / CAT6; питание от усилителя; лицевая панель из белого алюминия; размеры 155 x 95 x 44 мм; вес 185 г; монтаж накладной/врезной.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>NVC-SRC-BL</t>
   </si>
   <si>
     <t>Совместная работа с усилителями серии NEXT; регулятор громкости для линейного выхода от 0 (Mute) до макс.громкости на усилителе (MUSIC VOL); встроенные: MP3/Flac-плеер, FM-тюнер и модуль Bluetooth, воспроизведение с USB/microSD (емкость до 65 Гб); линейный вход mini-TRS; максимальная длина трассы 50 м; рекомендуемые кабели CAT5E / CAT6; питание от усилителя; лицевая панель из черного алюминия; размеры 155 x 95 x 44 мм; вес 185 г; монтаж накладной/врезной.</t>
   </si>
   <si>
-    <t>7 633</t>
+    <t>8 390</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>NVC-SRC-W</t>
   </si>
   <si>
     <t>Совместная работа с усилителями серии NEXT; регулятор громкости для линейного выхода от 0 (Mute) до макс.громкости на усилителе (MUSIC VOL); встроенные: MP3/Flac-плеер, FM-тюнер и модуль Bluetooth, воспроизведение с USB/microSD (емкость до 65 Гб); линейный вход mini-TRS; максимальная длина трассы 50 м; рекомендуемые кабели CAT5E / CAT6; питание от усилителя; лицевая панель из белого алюминия; размеры 155 x 95 x 44 мм; вес 185 г; монтаж накладной/врезной.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>WP-4BL</t>
   </si>
   <si>
     <t>Совместная работа с матричными усилителями серии MDA; 4 зоны; регулятор громкости; переключение между каналами усилителя, включая плеер; максимальная длина трассы 200 м; рекомендуемые кабели CAT5e / CAT6; управление по RS-485; питание от усилителя; синяя светодиодная индикация; лицевая панель из черного алюминия; размеры 86 x 86 x 86 мм; вес 250 г; монтажная коробка и винты в комплекте.</t>
   </si>
   <si>
-    <t>9 343</t>
+    <t>9 530</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>WP-4W</t>
   </si>
   <si>
     <t>Совместная работа с матричными усилителями серии MDA; 4 зоны; регулятор громкости; переключение между каналами усилителя, включая плеер; максимальная длина трассы 200 м; рекомендуемые кабели CAT5e / CAT6; управление по RS-485; питание от усилителя; синяя светодиодная индикация; лицевая панель из белого алюминия; размеры 86 x 86 x 86 мм; вес 250 г; монтажная коробка и винты в комплекте.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>VA-110</t>
   </si>
   <si>
     <t>Встраиваемый; 10 Вт; 11 позиций регулировки; только для сети 100 В; реле аварийного оповещения 24 В; цвет белый; размеры 80х80х67 мм; вес 240 г.</t>
   </si>
   <si>
-    <t>2 393</t>
+    <t>2 442</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>VA-1100</t>
   </si>
   <si>
     <t>Встраиваемый; 100 Вт; 11 позиций регулировки; только для сети 100 В; реле аварийного оповещения 24 В; цвет белый; размеры 80х80х67 мм; вес 430 г.</t>
   </si>
   <si>
-    <t>4 246</t>
+    <t>4 524</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>VA-1120</t>
   </si>
   <si>
     <t>Встраиваемый; 120 Вт; 11 позиций регулировки; только для сети 100 В; реле аварийного оповещения 24 В; цвет белый; размеры 80х80х73 мм; вес 430 г.</t>
   </si>
   <si>
-    <t>4 686</t>
+    <t>4 992</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>VA-130</t>
   </si>
   <si>
     <t>Встраиваемый; 30 Вт; 11 позиций регулировки; только для сети 100 В; реле аварийного оповещения 24 В; цвет белый; размеры 80х80х67 мм; вес 260 г.</t>
   </si>
   <si>
-    <t>2 496</t>
+    <t>2 658</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>VA-160</t>
   </si>
   <si>
     <t>Встраиваемый; 60 Вт; 11 позиций регулировки; только для сети 100 В; реле аварийного оповещения 24 В; цвет белый; размеры 80х80х69 мм; вес 340 г.</t>
   </si>
   <si>
-    <t>2 950</t>
+    <t>3 143</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>VRL-100</t>
   </si>
   <si>
     <t>Встраиваемый; 100 Вт (стерео); 11 позиций регулировки + off; только для низкоомного подключения 4-16 Ом; цвет белый; размеры 114х70х70 мм; вес 500 г.</t>
   </si>
   <si>
     <t>5 236</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>