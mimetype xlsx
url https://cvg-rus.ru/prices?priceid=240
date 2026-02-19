--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -12,773 +12,761 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Прайс-лист: Усилители мощности</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Усилители мощности</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Усилители мощности 4 - 8 Ом</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>DX-2200</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 2 х 320 Вт (при 4 Ω) / 2 х 200 Вт (при 8 Ω) / 600 Вт (при 8 Ω) в мостовом режиме; частотный диапазон 20 Гц - 20 кГц; входы 2 х XLR, мама (балансный); выходы 2 х SpeakOn®, 2 х XLR, папа; защита: от перегруза / от перегрева / от короткого замыкания / активная система охлаждения; питание ~200 - 240 В; размеры 483 х 44 х 295 мм; рэковый размер 19" x 1U; вес 4.2 кг.</t>
   </si>
   <si>
-    <t>38 748</t>
+    <t>39 551</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>DX-2600</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 2 х 960 Вт при 4 Ω / 2 х 600 Вт при 8 Ω / 1920 Вт при 8 Ω в мостовом режиме; частотный диапазон 20 Гц - 20 кГц; входы 2 х XLR, мама (балансный); выходы 2 х SpeakOn®, 2 х XLR, папа; защита: от перегруза / от перегрева / от короткого замыкания / активная система охлаждения; питание ~200 - 240 В; размеры 483 х 66 х 288 мм; рэковый размер 19" x 1.5U; вес 6.2 кг.</t>
   </si>
   <si>
-    <t>67 574</t>
+    <t>68 974</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PTM-4120Dm</t>
   </si>
   <si>
     <t>4 канала; мощность 4 х 120 Вт; 70/100 В, 4-16 Ом; 80-18000 Гц; встроенный источник сигналов с MP3 (USB/SDcard), FM тюнер, Bluetooth; лин. вх. 4х2RCA; микр. вх. 2хXLR/TRS Jack (on/off фантомное питание, приоритет); лин. вых. 4х3 pin EuroBlock; IR IN 1х3 pin EuroBlock; коммутация с ОПС конт. EXT.MUTE 4х2 pin и вх. GLOBAL PRIORITY 1х3 pin EuroBlock; эквалайзер; электропитание 200-240 В, 50/60 Гц (960 Вт); защита от перегрева, перегрузок и КЗ; металлический RACK корпус 430х450х132 мм (3 U); 26 кг.</t>
   </si>
   <si>
-    <t>125 520</t>
+    <t>128 600</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PTM-4240Dm</t>
   </si>
   <si>
     <t>4 канала; мощность 4 х 240 Вт; 70/100 В, 4-16 Ом; 80-18000 Гц; встроенный источник сигналов с MP3 (USB/SDcard), FM тюнер, Bluetooth; лин. вх. 4х2RCA; микр. вх. 2хXLR/TRS Jack (on/off фантомное питание, приоритет); лин. вых. 4х3 pin EuroBlock; IR IN 1х3 pin EuroBlock; коммутация с ОПС конт. EXT.MUTE 4х2 pin и вх. GLOBAL PRIORITY 1х3 pin EuroBlock; эквалайзер; электропитание 200-240 В, 50/60 Гц (1920 Вт); защита от перегрева, перегрузок и КЗ; металлический RACK корпус 430х450х132 мм (3 U); 34 кг.</t>
   </si>
   <si>
-    <t>172 780</t>
+    <t>176 839</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>MDA-2120</t>
   </si>
   <si>
     <t>2 канала; мощность 2 х 120 Вт; 70/100 В, 4-16 Ом; 80-16800 Гц; встроенный источник сигналов с MP3 (USB/SDcard), FM тюнер, Bluetooth; мик/лин. вх. 4х3-pin EuroBlock (балансные, фантомное питание); AUX 2х2RCA (небалансные); лин. вых. 2хRCA (небалансные); коммутация с ОПС конт. EXT.MUTE 4х2 pin и вх. EMC; эквалайзер; электропитание 200-240 В, 50/60 Гц (960 Вт); защита от перегрева, перегрузок и КЗ; металлический RACK корпус 484х395х88 мм (2 U); 6 кг.</t>
   </si>
   <si>
-    <t>113 224</t>
+    <t>115 569</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MDA-2240</t>
   </si>
   <si>
     <t>2 канала; мощность 2 х 240 Вт; 100 В, 4-16 Ом; 80-16800 Гц; встроенный источник сигналов с MP3 (USB/SDcard), FM тюнер, Bluetooth; мик/лин. вх. 4х3-pin EuroBlock (балансные, фантомное питание); AUX 2х2RCA (небалансные); лин. вых. 2хRCA (небалансные); коммутация с ОПС конт. EXT.MUTE 4х2 pin и вх. EMC; эквалайзер; электропитание 200-240 В, 50/60 Гц (650 Вт); защита от перегрева, перегрузок и КЗ; металлический RACK корпус 484х395х88 мм (2 U); 6,2 кг.</t>
   </si>
   <si>
-    <t>142 403</t>
+    <t>145 498</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MDA-4120</t>
   </si>
   <si>
     <t>4 канала; мощность 4 х 120 Вт; 70/100 В, 4-16 Ом; 80-16800 Гц; встроенный источник сигналов с MP3 (USB/SDcard), FM тюнер, Bluetooth; мик/лин. вх. 4х3-pin EuroBlock (балансные, фантомное питание); AUX 2х2RCA (небалансные); лин. вых. 4хRCA (небалансные); коммутация с ОПС конт. EXT.MUTE 4х2 pin и вх. EMC; эквалайзер; электропитание 200-240 В, 50/60 Гц (960 Вт); защита от перегрева, перегрузок и КЗ; металлический RACK корпус 484х395х88 мм (2 U); 6,2 кг.</t>
   </si>
   <si>
-    <t>159 304</t>
+    <t>162 605</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>MDA-4240</t>
   </si>
   <si>
     <t>4 канала; мощность 4 х 240 Вт; 100 В, 4-16 Ом; 80-16800 Гц; встроенный источник сигналов с MP3 (USB/SDcard), FM тюнер, Bluetooth; мик/лин. вх. 4х3-pin EuroBlock (балансные, фантомное питание); AUX 2х2RCA (небалансные); лин. вых. 4хRCA (небалансные); коммутация с ОПС конт. EXT.MUTE 4х2 pin и вх. EMC; эквалайзер; электропитание 200-240 В, 50/60 Гц (1200 Вт); защита от перегрева, перегрузок и КЗ; металлический RACK корпус 484х395х88 мм (2 U); 7,6 кг.</t>
   </si>
   <si>
-    <t>205 803</t>
+    <t>210 277</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>MX-100</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 2 х 50 Вт (при 4 Ω) / 2 х 25 Вт (при 8 Ω) / 1 х 80 Вт в мостовом режиме; частотный диапазон 20 Гц - 20 кГц; входы линейный 1 х 2RCA/3-pin EuroBlock, микрофонный вход 1 х 3-pin EuroBlock; выход на АС 2 х 2-pin EuroBlock; питание 220 В; размеры 199 x 40 x 202 мм; вес 1.2 кг; цвет белый</t>
   </si>
   <si>
-    <t>12 799</t>
+    <t>13 064</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>R-25BL</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 2 х 25 Вт (при 4 Ω) / 2 х 15 Вт (при 8 Ω); частотный диапазон 20 Гц - 20 кГц; MP3/FM/Bluetooth модуль; входы линейный 1 х 3-pin EuroBlock, 1 х TRS 3.5 мм; IR вход 1 х 3-pin EuroBlock; выходы линейный 1 х 3-pin EuroBlock, на АС 2 х 2-pin EuroBlock; питание 220 В; размеры 155 x 86 x 60 мм; рэковый размер 19" x 2U; вес 1.2 кг; цвет чёрный</t>
   </si>
   <si>
-    <t>10 568</t>
+    <t>11 266</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>R-25W</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 2 х 25 Вт (при 4 Ω) / 2 х 15 Вт (при 8 Ω); частотный диапазон 20 Гц - 20 кГц; MP3/FM/Bluetooth модуль; входы линейный 1 х 3-pin EuroBlock, 1 х TRS 3.5 мм; IR вход 1 х 3-pin EuroBlock; выходы линейный 1 х 3-pin EuroBlock, на АС 2 х 2-pin EuroBlock; питание 220 В; размеры 155 x 86 x 60 мм; рэковый размер 19" x 2U; вес 1.2 кг; цвет белый</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>REBOX R10-SM</t>
   </si>
   <si>
     <t>Настенный; 2-канальный; импеданс 4-8 Ом; мощность: Parallel / Stereo - 2х50 Вт (8 Ом) / 2x75 Вт (4 Ом), Bridge - 1 х 140 Вт (8 Ом); встроенный источник сигналов с MP3, FM tuner, Bluetooth, SD/USB; лин. вх. 2 x 2RCA, 1 х 3pin EUROBLOCK, микр. вх. 1 х 3pin EUROBLOCK, 1 х XLR/TRS Jack (приоритет, фантомное питание 24 В), лин. вых. 1 х 3pin EUROBLOCK; сухие  контакты EXT.MUTE для коммутация с ОПС; частотный диапазон AUX 20-20000 Гц, MIC 80-16000 Гц; эквалайзер; электропитание 110-120В, 220-240 В, 50/60 Гц (200 Вт); защита от перегрева, перегрузок и КЗ; металлический корпус 238х89х267 мм; 6 кг.</t>
   </si>
   <si>
-    <t>31 234</t>
+    <t>32 360</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>AMPFUL-4/BT</t>
   </si>
   <si>
     <t>Настенный; 4-канальный; импеданс 4-8 Ом; мощность: Mono / Stereo - 4х25 Вт (8 Ом) / 4x50 Вт (4 Ом), Bridge - 1 х 100 Вт (8 Ом); цифровой DSP процессор; встроенный модуль Bluetooth для аудиотрансляции с внешнего источника; лин. вх. 2 х 3-pin EuroBlock, микр. вх. 1 х 3-pin EuroBlock (приоритет, фантомное питание 24В), лин. вых. 4 х 3-pin EuroBlock; интерфейсы управления TCP/IR/RS232/RS485; сухие  контакты EXT.MUTE для коммутация с ОПС; частотный диапазон 20-20000 Гц; эквалайзер на 6 полос для каждого выхода; электропитание ~110-220 В (с помощью блока питания, 180 Вт потребления); ф-я автоматического отключения без сигнала на входе; программируемый таймер работы; защита от перегрева, перегрузок и КЗ; металлический корпус 83х83х160 мм; 1,2 кг.</t>
   </si>
   <si>
-    <t>46 028</t>
+    <t>46 982</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ZONER Power Gain 8100</t>
   </si>
   <si>
     <t>Усилитель D-класса для создания многозонных систем вещания. Восемь каналов, мощность на выходах 8х 100 Вт при нагрузке 8 Ом и 8х 200 Вт при 4 Ом; возможно мостовое подключение с импедансом 2 Ом 4х 300 Вт. Диапазон частот  20 - 20 000 Гц, соотношение сигнал/шум 100 дБ, чувствительность 0,775 В. Балансные входы 8х 3-pin EuroBlock, входы Link 8х 3-pin EuroBlock, выходы на акустику 8х 2-pin EuroBlock. Усилитель защищен от перегрузки, короткого замыкания и перегрева. Питание от сети 220В, потребляемая мощность 2000 Вт. Металлический RACK корпус, габаритные размеры 482x237x44 мм, (1U), 4,3 кг.</t>
   </si>
   <si>
-    <t>55 897</t>
+    <t>55 611</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ZONER Power Gain 825</t>
   </si>
   <si>
     <t>Усилитель D-класса для создания многозонных систем вещания. Восемь каналов, мощность на выходах 8х 25 Вт при нагрузке 8 Ом и 8х 50 Вт при 4 Ом; возможно мостовое подключение с импедансом 2 Ом 4х 90 Вт. Диапазон частот  20 - 20 000 Гц, соотношение сигнал/шум 100 дБ, чувствительность 0,775 В. Балансные входы 8х 3-pin EuroBlock, входы Link 8х 3-pin EuroBlock, выходы на акустику 8х 2-pin EuroBlock. Усилитель защищен от перегрузки, короткого замыкания и перегрева. Питание от сети 220В, потребляемая мощность 500 Вт. Металлический RACK корпус, габаритные размеры 482x237x44 мм, (1U), 3,5 кг.</t>
   </si>
   <si>
-    <t>36 623</t>
+    <t>36 435</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>R-103</t>
   </si>
   <si>
     <t>4-8 Ом, режимы Parallel, Stereo - 50 Вт (8 Ом), Bridge 140 Вт (8 Ом); вход - 3 стерео на RCA; link out - 3 стерео на RCA; out - зажимные клеммы (стерео); микрофонный вход XLR/TRS; THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 270х250х88 мм; вес 6 кг.</t>
   </si>
   <si>
-    <t>31 997</t>
+    <t>32 660</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>R-103m</t>
   </si>
   <si>
     <t>4-8 Ом, режимы Parallel, Stereo - 50 Вт (8 Ом), Bridge 140 Вт (8 Ом); вход - 3 стерео на RCA; link out - 3 стерео на RCA; out - зажимные клеммы (стерео); микрофонный вход XLR/TRS; USB/SD плеер, FM радио, Bluetooth; THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 270х250х88 мм; вес 6 кг.</t>
   </si>
   <si>
-    <t>35 167</t>
+    <t>36 375</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>R-203</t>
   </si>
   <si>
     <t>4-8 Ом, режимы Parallel, Stereo - 100 Вт (8 Ом), Bridge 280 Вт (8 Ом); вход - 3 стерео на RCA; link out - 3 стерео на RCA; out - зажимные клеммы (стерео); 2х микрофонных входа XLR/TRS; THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 440х330х92 мм; вес 10,3 кг.</t>
   </si>
   <si>
-    <t>42 740</t>
+    <t>43 626</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>R-203m</t>
   </si>
   <si>
     <t>4-8 Ом, режимы Parallel, Stereo - 100 Вт (8 Ом), Bridge 240 Вт (8 Ом); вход - 3 стерео на RCA; link out - 3 стерео на RCA; out - зажимные клеммы (стерео); 2 микрофонных входа XLR/TRS; USB/SD плеер, FM радио, Bluetooth; THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 440х330х92 мм; вес 10,3 кг.</t>
   </si>
   <si>
-    <t>45 911</t>
+    <t>47 341</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>R-450</t>
   </si>
   <si>
     <t>4-8 Ом, 4 канала; 50 Вт; режимы Parallel, Stereo, Bridge; вход - 4х стерео на RCA; link out - 4х стерео на RCA; out - 8х зажимные клеммы; THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; эквалайзер для каждого канала; электропитание 220 В; размеры 2U 440х330х92 мм; вес 12,3 кг.</t>
   </si>
   <si>
-    <t>39 673</t>
+    <t>44 600</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PL-500</t>
   </si>
   <si>
     <t>2-8 Ом,режимы Parallel, Stereo - 250 Вт (8 Ом), Bridge 720 Вт (8 Ом); вход стерео на Euroblock; link out Euroblock (стерео); out - зажимные клеммы (стерео); THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; кроссовер; эквалайзер для каждого канала; электропитание 220 В; размеры 2U 430х383х89 мм; вес 14,5 кг.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PL-800</t>
   </si>
   <si>
     <t>2-8 Ом,режимы Parallel, Stereo - 400 Вт (8 Ом), Bridge 1150 Вт (8 Ом); вход стерео на Euroblock; link out Euroblock (стерео); out - зажимные клеммы (стерео); THD &gt; 0,1% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; кроссовер; эквалайзер для каждого канала; электропитание 220 В; размеры 2U 430х383х89 мм; вес 19,5 кг.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>D-ENGINE 302</t>
   </si>
   <si>
     <t>Используется для интеграции в корпус активной акустической системы или с целью скрытого монтажа с подключением внешних колонок. 1 канал. Работает с низкоомными АС (4 и 8 Ом). Мощность на выходе  4 Ом = 20Вт, 8 Ом = 40Вт. Встроенный DSP-процессор для разнообразной цифровой обработки сигнала. Обмен данными по протоколам DANTE (разъём RJ-45), питание PoE++ по тому же кабелю. Управление посредством спец.ПО, поставляется с усилителем. Габариты 148*68*22 мм.</t>
   </si>
   <si>
-    <t>34 345</t>
+    <t>35 057</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>CLUBBER-1000</t>
   </si>
   <si>
     <t>4-8 Ом,режимы Parallel, Stereo - 1000 Вт (8 Ом), Bridge 2500 Вт (8 Ом); вход стерео на XLR; link out XLR (стерео); out - speakon и зажимные клеммы (стерео); THD &lt; 0,02% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 3U 430х383х133 мм; вес 31 кг.</t>
   </si>
   <si>
     <t>118 754</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>CLUBBER-350</t>
   </si>
   <si>
     <t>4-8 Ом,режимы Parallel, Stereo - 350 Вт (8 Ом), Bridge 900 Вт (8 Ом); вход стерео на XLR; link out XLR (стерео); out - speakon и зажимные клеммы (стерео); THD &lt; 0,02% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 2U 430х383х89 мм; вес 18 кг.</t>
   </si>
   <si>
-    <t>69 335</t>
+    <t>61 723</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>CLUBBER-650</t>
   </si>
   <si>
     <t>4-8 Ом,режимы Parallel, Stereo - 650 Вт (8 Ом), Bridge 1625 Вт (8 Ом); вход стерео на XLR; link out XLR (стерео); out - speakon и зажимные клеммы (стерео); THD &lt; 0,02% при 1кГц (8 Ом); частотный диапазон 20-20 000 Гц; электропитание 220 В; размеры 2U 430х383х89 мм; вес 23 кг.</t>
   </si>
   <si>
-    <t>101 038</t>
+    <t>89 588</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>NB-1</t>
   </si>
   <si>
     <t>мощность - 2х15 Вт (4 Ом), 2х10 Вт (8 Ом); соединение Bluetooth 5.1; частотный диапазон 20-20 000 Гц; разъем для колонок  4-pin Euroblock; электропитание 220 В; размеры 150х54х36 мм; вес 360 г.</t>
   </si>
   <si>
     <t>8 293</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>DX-4200</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 4 х 320 Вт (при 4 Ω) / 4 х 200 Вт (при 8 Ω) / 2 х 600 Вт (при 8 Ω) в мостовом режиме; частотный диапазон 20 Гц - 20 кГц; входы 4 х XLR, мама (балансный); выходы 4 х SpeakOn®; защита: от перегруза / от перегрева / от короткого замыкания / активная система охлаждения; питание ~200 - 240 В; размеры 483 х 44 х 295 мм; рэковый размер 19" x 1U; вес 6.5 кг.</t>
   </si>
   <si>
-    <t>57 007</t>
+    <t>58 188</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>DX-4600</t>
   </si>
   <si>
     <t>Класс D; выходная мощность 4 х 960 Вт при 4 Ω / 4 х 600 Вт при 8 Ω / 2 х 1920 Вт при 8 Ω в мостовом режиме; частотный диапазон 20 Гц - 20 кГц; входы 4 х XLR, мама (балансный); выходы 4 х SpeakOn®, 4 х XLR, папа; защита: от перегруза / от перегрева / от короткого замыкания / активная система охлаждения; питание ~200 - 240 В; размеры 483 х 88 х 288 мм; рэковый размер 19" x 2U; вес 10 кг.</t>
   </si>
   <si>
-    <t>124 463</t>
+    <t>127 041</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Усилители мощности 100 В</t>
   </si>
   <si>
     <t>PT-120</t>
   </si>
   <si>
     <t>Мощность 120 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 1 х XLR / 1 х EuroBlock; линейные выходы 1 х XLR / 1 х EuroBlock; питание ~220 В / 50/60 Гц; потребление 240 Вт; размеры 440 х 383 х 89 мм; вес 9.5 кг; цвет черный.</t>
   </si>
   <si>
-    <t>37 691</t>
+    <t>38 472</t>
   </si>
   <si>
     <t>PT-240</t>
   </si>
   <si>
     <t>Мощность 240 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 1 х XLR / 1 х EuroBlock; линейные выходы 1 х XLR / 1 х EuroBlock; питание ~220 В / 50/60 Гц; потребление 480 Вт; размеры 440 х 383 х 89 мм; вес 11.5 кг; цвет черный.</t>
   </si>
   <si>
-    <t>51 605</t>
+    <t>52 675</t>
   </si>
   <si>
     <t>PT-4120</t>
   </si>
   <si>
     <t>4 канала; мощность 4 x 120 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 4 х EuroBlock; линейные выходы 4 х EuroBlock; питание ~220 В / 50/60 Гц; потребление 900 Вт; размеры 430 х 450 х 132 мм; вес 26 кг; цвет черный.</t>
   </si>
   <si>
-    <t>118 357</t>
+    <t>120 809</t>
   </si>
   <si>
     <t>PT-4240</t>
   </si>
   <si>
     <t>4 канала; мощность 4 x 240 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 4 х EuroBlock; линейные выходы 4 х EuroBlock; питание ~220 В / 50/60 Гц; потребление 1800 Вт; размеры 430 х 450 х 132 мм; вес 34 кг; цвет черный.</t>
   </si>
   <si>
-    <t>166 205</t>
+    <t>169 648</t>
   </si>
   <si>
     <t>PT-480</t>
   </si>
   <si>
     <t>Мощность 480 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 1 х XLR / 1 х EuroBlock; линейные выходы 1 х XLR / 1 х EuroBlock; питание ~220 В / 50/60 Гц; потребление 960 Вт; размеры 440 х 383 х 89 мм; вес 17 кг; цвет черный.</t>
   </si>
   <si>
-    <t>70 979</t>
+    <t>72 450</t>
   </si>
   <si>
     <t>PT-650</t>
   </si>
   <si>
     <t>Мощность 650 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 1 х XLR / 1 х EuroBlock; линейные выходы 1 х XLR / 1 х EuroBlock; питание ~220 В / 50/60 Гц; потребление 1300 Вт; размеры 440 х 383 х 89 мм; вес 21 кг; цвет черный.</t>
   </si>
   <si>
-    <t>85 950</t>
+    <t>87 731</t>
   </si>
   <si>
     <t>ZONER Power Gain 8050T</t>
   </si>
   <si>
     <t>Усилитель D-класса для создания многозонных систем вещания. Восемь каналов, мощность на выходах 8х 50 Вт при напряжении в линии 100В. Диапазон частот 80 - 18 500 Гц, соотношение сигнал/шум 90 дБ, чувствительность 0,775 В, THD &lt;0.1%. Балансные входы 8х 3-pin EuroBlock (20кОм); выходы Link 8х 3-pin EuroBlock (20 кОм), выходы на акустику 8х 2-pin EuroBlock; контакт EXT.MUTE для сопряжения с ОПС. Регуляторы громкости и светодиодная индикация для каждого выхода. Усилитель защищен от перегрузки, короткого замыкания и перегрева; предохранитель по питанию. Питание от сети 220В, потребляемая мощность 800 Вт. Металлический RACK корпус, габаритные размеры 482x330x88 мм, (2U), 14,1 кг. Прекрасная совместимость с аудиопроцессорами DSP серии ZONER pro.</t>
   </si>
   <si>
-    <t>63 343</t>
+    <t>64 719</t>
   </si>
   <si>
     <t>ZONER Power Gain 8060T</t>
   </si>
   <si>
     <t>Усилитель D-класса для создания многозонных систем вещания. Восемь каналов, мощность на выходах 8х 60 Вт при напряжении в линии 100В. Диапазон частот 80 - 18 500 Гц, соотношение сигнал/шум 90 дБ, чувствительность 0,775 В, THD &lt;0.1%. Балансные входы 8х 3-pin EuroBlock (20кОм); выходы Link 8х 3-pin EuroBlock (20 кОм), выходы на акустику 8х 2-pin EuroBlock; контакт EXT.MUTE для сопряжения с ОПС. Регуляторы громкости и светодиодная индикация для каждого выхода. Усилитель защищен от перегрузки, короткого замыкания и перегрева; предохранитель по питанию. Питание от сети 220В, потребляемая мощность 800 Вт. Металлический RACK корпус, габаритные размеры 482x330x88 мм, (2U), 14,1 кг. Прекрасная совместимость с аудиопроцессорами DSP серии ZONER pro.</t>
   </si>
   <si>
     <t>ZONER Power Gain 8120T</t>
   </si>
   <si>
     <t>Усилитель D-класса для создания многозонных систем вещания. Восемь каналов, мощность на выходах 8х 120 Вт при напряжении в линии 100В. Диапазон частот 80 - 18 500 Гц, соотношение сигнал/шум 90 дБ, чувствительность 0,775 В, THD &lt;0.1%. Балансные входы 8х 3-pin EuroBlock (20кОм); выходы Link 8х 3-pin EuroBlock (20 кОм), выходы на акустику 8х 2-pin EuroBlock; контакт EXT.MUTE для сопряжения с ОПС. Регуляторы громкости и светодиодная индикация для каждого выхода. Усилитель защищен от перегрузки, короткого замыкания и перегрева; предохранитель по питанию. Питание от сети 220В, потребляемая мощность 1680 Вт. Металлический RACK корпус, габаритные размеры 482x330x88 мм, (2U), 15,5 кг. Прекрасная совместимость с аудиопроцессорами DSP серии ZONER pro.</t>
   </si>
   <si>
-    <t>82 697</t>
+    <t>84 495</t>
   </si>
   <si>
     <t>ZONER Power Gain 8180T</t>
   </si>
   <si>
     <t>Усилитель D-класса для создания многозонных систем вещания. Восемь каналов, мощность на выходах 8х 180 Вт при напряжении в линии 100В. Диапазон частот 80 - 18 500 Гц, соотношение сигнал/шум 90 дБ, чувствительность 0,775 В, THD &lt;0.1%. Балансные входы 8х 3-pin EuroBlock (20кОм); выходы Link 8х 3-pin EuroBlock (20 кОм), выходы на акустику 8х 2-pin EuroBlock; контакт EXT.MUTE для сопряжения с ОПС. Регуляторы громкости и светодиодная индикация для каждого выхода. Усилитель защищен от перегрузки, короткого замыкания и перегрева; предохранитель по питанию. Питание от сети 220В, потребляемая мощность 2400 Вт. Металлический RACK корпус, габаритные размеры 482x330x88 мм, (2U), 17,3 кг. Прекрасная совместимость с аудиопроцессорами DSP серии ZONER pro.</t>
   </si>
   <si>
-    <t>89 148</t>
+    <t>91 086</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Микшер-усилители 100 В</t>
   </si>
   <si>
     <t>NEXT T-LITE 120</t>
   </si>
   <si>
     <t>Для организации музыкального сопровождения и/или звукового/голосового оповещения в помещениях небольшой площади. Класс D, мощность на выходе 120 Вт. Для трансляционных акустических линий с напряжением 100В. Соответствует нормам противопожарных систем (контакты EXT.MUT). Входы: линейные 2*2RCA, микрофонный (универсальный) TRS/XLR с фантомным питанием для конденсаторного микрофона. Лицевая панель с элементами управления (регуляторы). Эквалайзер. Для подключения удаленных панелей предусмотрен спец.порт EXT-AUX1 (макс.дистанция 50м). Питание от сети ~220В, монтаж настольный или в стойку 19” (нужен кронштейн).</t>
   </si>
   <si>
-    <t>27 960</t>
+    <t>28 824</t>
   </si>
   <si>
     <t>NEXT T-LITE 240</t>
   </si>
   <si>
     <t>Для организации музыкального сопровождения и/или звукового/голосового оповещения в помещениях небольшой площади. Класс D, мощность на выходе 240 Вт. Для трансляционных акустических линий с напряжением 100В. Соответствует нормам противопожарных систем (контакты EXT.MUT). Входы: линейные 2*2RCA, микрофонный (универсальный) TRS/XLR с фантомным питанием для конденсаторного микрофона. Лицевая панель с элементами управления (регуляторы). Эквалайзер. Для подключения удаленных панелей предусмотрен спец.порт EXT-AUX1 (макс.дистанция 50м). Питание от сети ~220В, монтаж настольный или в стойку 19” (нужен кронштейн).</t>
   </si>
   <si>
-    <t>37 930</t>
+    <t>38 113</t>
   </si>
   <si>
     <t>NEXT T-LITE 40</t>
   </si>
   <si>
     <t>Для организации музыкального сопровождения и/или звукового/голосового оповещения в помещениях небольшой площади. Класс D, мощность на выходе 40 Вт. Для трансляционных акустических линий с напряжением 100В. Соответствует нормам противопожарных систем (контакты EXT.MUT). Входы: линейные 2*2RCA, микрофонный (универсальный) TRS/XLR с фантомным питанием для конденсаторного микрофона. Лицевая панель с элементами управления (регуляторы). Эквалайзер. Для подключения удаленных панелей предусмотрен спец.порт EXT-AUX1 (макс.дистанция 50м). Питание от сети ~220В, монтаж настольный или в стойку 19” (нужен кронштейн).</t>
   </si>
   <si>
-    <t>20 868</t>
+    <t>21 514</t>
   </si>
   <si>
     <t>NEXT T-Lite 80</t>
   </si>
   <si>
     <t>Для организации музыкального сопровождения и/или звукового/голосового оповещения в помещениях небольшой площади. Класс D, мощность на выходе 80 Вт. Для трансляционных акустических линий с напряжением 100В. Соответствует нормам противопожарных систем (контакты EXT.MUT). Входы: линейные 2*2RCA, микрофонный (универсальный) TRS/XLR с фантомным питанием для конденсаторного микрофона. Лицевая панель с элементами управления (регуляторы). Эквалайзер. Для подключения удаленных панелей предусмотрен спец.порт EXT-AUX1 (макс.дистанция 50м). Питание от сети ~220В, монтаж настольный или в стойку 19” (нужен кронштейн).</t>
   </si>
   <si>
-    <t>25 111</t>
+    <t>25 888</t>
   </si>
   <si>
     <t>REBOX T8-SM</t>
   </si>
   <si>
     <t>Настенный; мощность 80 Вт; 70/100 В, 4-16 Ом; встроенный источник сигналов с MP3, FM tuner, Bluetooth, SD/USB; лин. вх. 2 x 2RCA, 1 х 3pin EUROBLOCK, микр. вх. 1 х 3pin EUROBLOCK, 1 х XLR/TRS Jack (приоритет, фантомное питание 24 В), лин. вых. 1 х 3pin EUROBLOCK; сухие  контакты EXT.MUTE для коммутация с ОПС; частотный диапазон AUX 80-20000 Гц, MIC 80-16000 Гц; эквалайзер; электропитание 110-120В, 220-240 В, 50/60 Гц; защита от перегрева, перегрузок и КЗ; металлический корпус 238х89х267 мм; 6.5 кг.</t>
   </si>
   <si>
-    <t>26 889</t>
+    <t>27 446</t>
   </si>
   <si>
     <t>ReVolt</t>
   </si>
   <si>
     <t>1-канальный; тип сигналов 100 В / 70 В / 50 В; вход EuroBlock; выходы XLR / RCA / EuroBlock; параметры выхода 0.6 В / 1 В / 1.6 В; размеры 140 х 114 х 40 мм; алюминиевый корпус; цвет черный.</t>
   </si>
   <si>
-    <t>7 162</t>
+    <t>7 632</t>
   </si>
   <si>
     <t>M-123T</t>
   </si>
   <si>
     <t>Мощность 120 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц / -3 дБ (при 100 В), 20 Гц - 20 кГц / -3 дБ (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; питание ~220 В / 50/60 Гц; потребление 240 Вт; размеры 430 х 383 х 89 мм; вес 11 кг; цвет черный.</t>
   </si>
   <si>
+    <t>39 791</t>
+  </si>
+  <si>
     <t>M-123Tm</t>
   </si>
   <si>
     <t>Мощность 120 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 240 Вт; размеры 430 х 383 х 89 мм; вес 11 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>40 862</t>
+    <t>43 206</t>
   </si>
   <si>
     <t>M-123Tmz</t>
   </si>
   <si>
     <t>Мощность 120 Вт; 4 зоны; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 240 Вт; размеры 430 х 383 х 89 мм; вес 11 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>47 261</t>
+    <t>46 802</t>
   </si>
   <si>
     <t>M-243T</t>
   </si>
   <si>
     <t>Мощность 240 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц / -3 дБ (при 100 В), 20 Гц - 20 кГц / -3 дБ (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; питание ~220 В / 50/60 Гц; потребление 480 Вт; размеры 430 х 383 х 89 мм; вес 15.5 кг; цвет черный.</t>
   </si>
   <si>
-    <t>52 251</t>
+    <t>54 832</t>
   </si>
   <si>
     <t>M-243Tm</t>
   </si>
   <si>
     <t>Мощность 240 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 480 Вт; размеры 430 х 383 х 89 мм; вес 15.5 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>55 598</t>
+    <t>58 248</t>
   </si>
   <si>
     <t>M-243Tmz</t>
   </si>
   <si>
     <t>Мощность 240 Вт; 4 зоны; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 480 Вт; размеры 430 х 383 х 89 мм; вес 15.5 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>60 529</t>
+    <t>61 843</t>
   </si>
   <si>
     <t>M-43T</t>
   </si>
   <si>
     <t>Мощность 40 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц / -3 дБ (при 100 В), 20 Гц - 20 кГц / -3 дБ (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; питание ~220 В / 50/60 Гц; потребление 80 Вт; размеры 270 х 88 х 250 мм; вес 6 кг; цвет черный.</t>
   </si>
   <si>
-    <t>23 308</t>
+    <t>25 049</t>
   </si>
   <si>
     <t>M-43Tm</t>
   </si>
   <si>
     <t>Мощность 40 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 80 Вт; размеры 270 х 88 х 250 мм; вес 6 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>26 478</t>
+    <t>28 405</t>
   </si>
   <si>
     <t>M-483T</t>
   </si>
   <si>
     <t>Мощность 480 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц / -3 дБ (при 100 В), 20 Гц - 20 кГц / -3 дБ (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; питание ~220 В / 50/60 Гц; потребление 960 Вт; размеры 430 х 383 х 89 мм; вес 17 кг; цвет черный.</t>
   </si>
   <si>
-    <t>70 862</t>
+    <t>73 469</t>
   </si>
   <si>
     <t>M-483Tm</t>
   </si>
   <si>
     <t>Мощность 480 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 960 Вт; размеры 430 х 383 х 89 мм; вес 17 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>73 856</t>
+    <t>76 884</t>
   </si>
   <si>
     <t>M-483Tmz</t>
   </si>
   <si>
     <t>Mощность 480 Вт; частотный диапазон 20 Гц - 20 кГц; входы: AUX 3 х 2RCA, совмещённые 2 х XLR/TRS 6.3 мм с фантомным питанием 24 В; MP3/FM/Bluetooth модуль; приоритет микрофонного входа; выходы: AUX Link 1 х RCA; сквозной 1 х 2RCA и линейный 1 х RCA; регуляторы входной чувствительности, уровня громкости зон, эквалайзер, селекторы AUX и зон; защита от перегрева, перегрузок и КЗ; питание AC 220 В, 50/60 Гц; 430 х 383 х 89 мм (2U); 17.8 кг.</t>
   </si>
   <si>
-    <t>79 727</t>
+    <t>81 978</t>
   </si>
   <si>
     <t>M-653T</t>
   </si>
   <si>
     <t>Мощность 650 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц / -3 дБ (при 100 В), 20 Гц - 20 кГц / -3 дБ (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В и переключаемый приоритет; линейные выходы 2 х 2 х RCA; питание ~220 В / 50/60 Гц; потребление 960 Вт; размеры 430 х 383 х 89 мм; вес 21 кг; цвет черный.</t>
   </si>
   <si>
-    <t>87 065</t>
+    <t>90 248</t>
   </si>
   <si>
     <t>M-653Tm</t>
   </si>
   <si>
     <t>Мощность 650 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 1300 Вт; размеры 430 х 383 х 89 мм; вес 21 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>90 294</t>
+    <t>93 663</t>
   </si>
   <si>
     <t>M-83T</t>
   </si>
   <si>
     <t>Мощность 80 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц / -3 дБ (при 100 В), 20 Гц - 20 кГц / -3 дБ (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; питание ~220 В / 50/60 Гц; потребление 160 Вт; размеры 430 х 383 х 89 мм; вес 10 кг; цвет черный.</t>
   </si>
   <si>
-    <t>29 707</t>
-[...1 lines deleted...]
-  <si>
     <t>M-83Tm</t>
   </si>
   <si>
     <t>Мощность 80 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; питание ~220 В / 50/60 Гц; потребление 160 Вт; размеры 430 х 383 х 89 мм; вес 10 кг; цвет черный; пульт ДУ в комплекте.</t>
   </si>
   <si>
-    <t>32 466</t>
+    <t>32 180</t>
   </si>
   <si>
     <t>MCplayer 12T</t>
   </si>
   <si>
     <t>Мощность 120 Вт; 70/100 В; 80-18000 Гц; входы: линейный 2хRCA, микр. XLR/TRS (приоритет, фантомное питание); выходы: operated out 2хRCA, link out 2хRCA, HDMI видео выход; порты 4хUSB 2.0, Ethernet 1хRJ45; сухие  контакты EXT.MUTE для коммутация с ОПС; эквалайзер для лин. вх.; пассивная конвекционная система охлаждения; электропитание AC 220 В, 50-60 Гц; защита от перегрева, перегрузок и КЗ; металлический RACK корпус 430х383х89 мм (2U); 11 кг.</t>
   </si>
   <si>
-    <t>33 758</t>
+    <t>33 888</t>
   </si>
   <si>
     <t>MCplayer 24T</t>
   </si>
   <si>
     <t>Мощность 240 Вт; 70/100 В; 80-18000 Гц; входы: линейный 2хRCA, микр. XLR/TRS (приоритет, фантомное питание); выходы: operated out 2хRCA, link out 2хRCA, HDMI видео выход; порты 4хUSB 2.0, Ethernet 1хRJ45; сухие  контакты EXT.MUTE для коммутация с ОПС; эквалайзер для лин. вх.; пассивная конвекционная система охлаждения; электропитание AC 220 В, 50-60 Гц; защита от перегрева, перегрузок и КЗ; металлический RACK корпус 430х383х89 мм (2U); 15.5 кг.</t>
   </si>
   <si>
-    <t>38 983</t>
+    <t>39 161</t>
   </si>
   <si>
     <t>MCplayer 4T</t>
   </si>
   <si>
     <t>Мощность 40 Вт; 70/100 В; 80-18000 Гц; входы: линейный 2хRCA, микр. XLR/TRS (приоритет, фантомное питание); выходы: operated out 2хRCA, link out 2хRCA, HDMI видео выход; порты 4хUSB 2.0, Ethernet 1хRJ45; сухие  контакты EXT.MUTE для коммутация с ОПС; эквалайзер для лин. вх.; пассивная конвекционная система охлаждения; электропитание AC 220 В, 50-60 Гц; защита от перегрева, перегрузок и КЗ; металлический RACK корпус 270х88х250 мм (2U); 6 кг.</t>
   </si>
   <si>
-    <t>25 363</t>
+    <t>25 439</t>
   </si>
   <si>
     <t>MCplayer 8T</t>
   </si>
   <si>
     <t>Мощность 80 Вт; 70/100 В; 80-18000 Гц; входы: линейный 2хRCA, микр. XLR/TRS (приоритет, фантомное питание); выходы: operated out 2хRCA, link out 2хRCA, HDMI видео выход; порты 4хUSB 2.0, Ethernet 1хRJ45; сухие  контакты EXT.MUTE для коммутация с ОПС; эквалайзер для лин. вх.; пассивная конвекционная система охлаждения; электропитание AC 220 В, 50-60 Гц; защита от перегрева, перегрузок и КЗ; металлический RACK корпус 270х88х250 мм (2U); 6 кг.</t>
   </si>
   <si>
-    <t>29 400</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">4 зоны по 60 Вт; режимы - низкоомный (4-8 Ом) / высоковольтные линии (25/70/100 В); вход - 3 стерео канала (2x RCA , 1x TRS 1/8), 3 микрофонных входа (XLR/TRS); выход - 4х клеммный терминал на винах; мониторный канал; реле аварийных оповещений; подключение телефона; link out; управление - громкость/маршрутизация/эквалайзер; электропитание 220 В; размеры 420х342х133 мм; вес 12,8 кг. </t>
+    <t>29 753</t>
   </si>
   <si>
     <t>REBOX-T12</t>
   </si>
   <si>
     <t>Мощность 120 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; USB/SD (до 32  Gb), Мп3, FM радио, Bluetooth; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 5,2 кг.</t>
   </si>
   <si>
     <t>27 006</t>
   </si>
   <si>
     <t>REBOX-T18</t>
   </si>
   <si>
     <t>Мощность 180 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; USB/SD (до 32  Gb), Мп3, FM радио, Bluetooth; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 6,2 кг.</t>
   </si>
   <si>
     <t>35 226</t>
   </si>
   <si>
     <t>REBOX-T4</t>
   </si>
   <si>
     <t>Мощность 40 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; USB/SD (до 32  Gb), Мп3, FM радио, Bluetooth; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 4,2 кг.</t>
   </si>
@@ -800,144 +788,138 @@
   <si>
     <t>Мощность 120 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 5,2 кг.</t>
   </si>
   <si>
     <t>25 656</t>
   </si>
   <si>
     <t>TR-180LS</t>
   </si>
   <si>
     <t>Мощность 180 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 6,2 кг.</t>
   </si>
   <si>
     <t>34 110</t>
   </si>
   <si>
     <t>TR-40LS</t>
   </si>
   <si>
     <t>Мощность 40 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 4,2 кг.</t>
   </si>
   <si>
     <t>17 496</t>
   </si>
   <si>
+    <t>TR-80LS</t>
+  </si>
+  <si>
+    <t>Мощность 80 Вт; линия 100 В; вход - 2х RCA (стерео); Link out RCA (стерео); микрофонный вход XLR/TRS; выход - 2-pin Euroblock; частотный диапазон 80-18000 Гц; мастер эквалайзер; электропитание 220 В; размеры 250х231х65 мм; вес 4,9 кг.</t>
+  </si>
+  <si>
+    <t>21 253</t>
+  </si>
+  <si>
+    <t>M-43Tmz</t>
+  </si>
+  <si>
+    <t>Mощность 40 Вт; 2 зоны вещания; акустика 100В; частотный диапазон 80 Гц - 18,5 кГц; входы: AUX 3 х 2RCA, совмещённые 2 х XLR/TRS 6.3 мм с фантомным питанием 24 В и подключаемым приоритетом; MP3/FM/Bluetooth модуль; выходы: AUX Link 1 х RCA; сквозной 1 х 2RCA и линейный 1 х RCA; регуляторы входной чувствительности, уровня громкости в каждой из зон, двухполосный эквалайзер, селекторы AUX и зон; защита от перегрева, перегрузок и КЗ; питание AC 220 В, 50/60 Гц; 270 х 88 х 350 мм (2U); 4.9 кг.</t>
+  </si>
+  <si>
+    <t>30 143</t>
+  </si>
+  <si>
     <t>36</t>
   </si>
   <si>
-    <t>TR-80LS</t>
-[...5 lines deleted...]
-    <t>21 253</t>
+    <t>M-83Tmz</t>
+  </si>
+  <si>
+    <t>Mощность 80 Вт; 2 зоны вещания; акустика 100В; частотный диапазон 80 Гц - 18,5 кГц; входы: AUX 3 х 2RCA, совмещённые 2 х XLR/TRS 6.3 мм с фантомным питанием 24 В и подключаемым приоритетом; MP3/FM/Bluetooth модуль; выходы: AUX Link 1 х RCA; сквозной 1 х 2RCA и линейный 1 х RCA; регуляторы входной чувствительности, уровня громкости в каждой из зон, двухполосный эквалайзер, селекторы AUX и зон; защита от перегрева, перегрузок и КЗ; питание AC 220 В, 50/60 Гц; 270 х 88 х 350 мм (2U); 4.9 кг.</t>
+  </si>
+  <si>
+    <t>33 918</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>M-43Tmz</t>
-[...5 lines deleted...]
-    <t>29 501</t>
+    <t>M-653Tmz</t>
+  </si>
+  <si>
+    <t>Мощность 650 Вт; высоковольтный режим 100 / 70 В; низкоомный режим 4 - 16 Ом; 4 зоны вещания при 100В линии; частотный диапазон 80 Гц - 18 кГц (при 100 В), 20 Гц - 20 кГц (при 4 - 16 Ом); линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR / TRS Jack; фантомное питание +24 В; линейные выходы 2 х 2 х RCA; MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB и SD; цифровой дисплей; отдельное управление громкостью и кнопка активации для каждой зоны; питание ~220 В / 50/60 Гц; потребление 1300 Вт; размеры 430 х 383 х 89 мм; вес 22 кг; цвет черный; пульт ДУ в комплекте.</t>
+  </si>
+  <si>
+    <t>98 757</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>M-83Tmz</t>
-[...5 lines deleted...]
-    <t>33 196</t>
+    <t>MCplayer 12T/RP</t>
+  </si>
+  <si>
+    <t>Мощность 120 Вт, 100 В, 80–18500 Гц. Входы: 2 линейных («INNER IN» внутренний + AUX внешний источник), 1 комбинированный MIC/LINE (XLR/TRS, с приоритетом и фантомным питанием). Выходы: Operated Out 2×RCA, Link Out 2×RCA; HDMI для передачи видеоконтента; винтовые клеммы на акустику. Интерфейсы: Ethernet 1×RJ45, порты USB 2.0 (4 шт.). Контакты EXT.MUTE для автоблокировки трансляции при пожаре. Дистанционное управление LAN: регулировка громкости, эквалайзинг и выбор активных входов. Защита от перегрева, перенапряжений и короткого замыкания. Корпус стальной, размеры 430х89х383 мм, рэковый размер 2U, вес 11 кг. Питание ~AC 220 В, 50–60 Гц.</t>
+  </si>
+  <si>
+    <t>45 225</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>M-653Tmz</t>
-[...5 lines deleted...]
-    <t>94 991</t>
+    <t>MCplayer 24T/RP</t>
+  </si>
+  <si>
+    <t>Мощность 240 Вт, 100 В, 80–18500 Гц. Входы: 2 линейных («INNER IN» внутренний + AUX внешний источник), 1 комбинированный MIC/LINE (XLR/TRS, с приоритетом и фантомным питанием). Выходы: Operated Out 2×RCA, Link Out 2×RCA; HDMI для передачи видеоконтента; винтовые клеммы на акустику. Интерфейсы: Ethernet 1×RJ45, порты USB 2.0 (4 шт.). Контакты EXT.MUTE для автоблокировки трансляции при пожаре. Дистанционное управление LAN: регулировка громкости, эквалайзинг и выбор активных входов. Защита от перегрева, перенапряжений и короткого замыкания. Корпус стальной, размеры 430х89х383 мм, рэковый размер 2U, вес 15.5 кг. Питание ~AC 220 В, 50–60 Гц.</t>
+  </si>
+  <si>
+    <t>50 498</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>MCplayer 12T/RP</t>
-[...5 lines deleted...]
-    <t>41 008</t>
+    <t>MCplayer 4T/RP</t>
+  </si>
+  <si>
+    <t>Мощность 40 Вт, 100 В, 80–18500 Гц. Входы: 2 линейных («INNER IN» внутренний + AUX внешний источник), 1 комбинированный MIC/LINE (XLR/TRS, с приоритетом и фантомным питанием). Выходы: Operated Out 2×RCA, Link Out 2×RCA; HDMI для передачи видеоконтента; винтовые клеммы на акустику. Интерфейсы: Ethernet 1×RJ45, порты USB 2.0 (4 шт.). Контакты EXT.MUTE для автоблокировки трансляции при пожаре. Дистанционное управление LAN: регулировка громкости, эквалайзинг и выбор активных входов. Защита от перегрева, перенапряжений и короткого замыкания. Корпус стальной, размеры 270х88х250 мм, рэковый размер 2U, вес 6 кг. Питание ~AC 220 В, 50–60 Гц.</t>
+  </si>
+  <si>
+    <t>36 776</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>MCplayer 24T/RP</t>
-[...22 lines deleted...]
-  <si>
     <t>MCplayer 8T/RP</t>
   </si>
   <si>
     <t>Мощность 80 Вт, 100 В, 80–18500 Гц. Входы: 2 линейных («INNER IN» внутренний + AUX внешний источник), 1 комбинированный MIC/LINE (XLR/TRS, с приоритетом и фантомным питанием). Выходы: Operated Out 2×RCA, Link Out 2×RCA; HDMI для передачи видеоконтента; винтовые клеммы на акустику. Интерфейсы: Ethernet 1×RJ45, порты USB 2.0 (4 шт.). Контакты EXT.MUTE для автоблокировки трансляции при пожаре. Дистанционное управление LAN: регулировка громкости, эквалайзинг и выбор активных входов. Защита от перегрева, перенапряжений и короткого замыкания. Корпус стальной, размеры 270х88х250 мм, рэковый размер 2U, вес 8 кг. Питание ~AC 220 В, 50–60 Гц.</t>
   </si>
   <si>
-    <t>36 650</t>
+    <t>41 090</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1302,51 +1284,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G95"/>
+  <dimension ref="A1:G93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="7" max="7" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -2627,350 +2609,350 @@
       </c>
       <c r="E59" s="4" t="s">
         <v>180</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>181</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>134</v>
+        <v>183</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>221</v>
+        <v>165</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>222</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>223</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>224</v>
       </c>
       <c r="F74" s="4" t="s">
@@ -3064,424 +3046,378 @@
       </c>
       <c r="E78" s="4" t="s">
         <v>236</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>238</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>14</v>
+        <v>239</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>14</v>
+        <v>242</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E84" s="4" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E86" s="4" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="4" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E88" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="4" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="4" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="4" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="4" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="4" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>14</v>
-[...44 lines deleted...]
-      <c r="G95" s="4" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B41:G41"/>
     <mergeCell ref="B52:G52"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>