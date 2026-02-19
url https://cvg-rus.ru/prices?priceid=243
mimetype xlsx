--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -47,51 +47,51 @@
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Предусилители</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>MDSP-46</t>
   </si>
   <si>
     <t>4 балансных входа на 3-pin EuroBlock и 6 балансных выхода на 3-pin EuroBlock; 20-20000 Гц; ЦАП 24 bit / 100 дБ (сигнал/шум); АЦП 24 bit / 104 дБ (сигнал/шум); интерфейс управления USB / DSP CONTROL soft for WINDOWS / RS-485; электропитание 220 В, 50/60 Гц (110 Вт); металлический RACK корпус 210х108х104 мм (1 U); 1.1 кг.</t>
   </si>
   <si>
-    <t>27 711</t>
+    <t>28 285</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PMM-380</t>
   </si>
   <si>
     <t>8 х 8 каналов; линейные входы RCA / EuroBlock; микрофонные входы XLR / EuroBlock; выходы 8 x EuroBlock; частотный диапазон 20 Гц - 20 кГц; протокол связи RS485; питание ~230 В / 50/60 Гц; потребляемая мощность 20 Вт; аварийное питание +24 В; размеры 483 x 133 x 315 мм; рэковый размер 19’’ х 3U; вес 7 кг; цвет черный.</t>
   </si>
   <si>
     <t>208 095</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PTP-123L</t>
   </si>
   <si>
     <t>3 х 2 канала; линейные входы 3 х 2 х RCA; микрофонные входы 2 х XLR/Jack (комбинированные); балансные выходы 2 х XLR; небалансные выходы 2 х RCA; фантомное питание +48 В; частотный диапазон 20 Гц - 20 кГц; питание ~220 В / 50/60 Гц; размеры 430 x 44 x 200 мм; рэковый размер 19’’ х 1U; вес 3.8 кг; цвет черный.</t>
   </si>
@@ -137,132 +137,132 @@
   <si>
     <t>8 зон; регуляторы громкости; цифровой дисплей; линейный вход 2 х RCA; микрофонный вход XLR; максимальная длина трассы 150 м; рекомендуемые кабели CAT5e / CAT6; порт подключения RJ45; питание +24 В (до 100 м питание от матрицы по витой паре); лицевая панель из белого пластика; размеры 86 x 146 x 33 мм; вес 153 г; монтажная коробка и винты в комплекте.</t>
   </si>
   <si>
     <t>17 737</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>VR-02</t>
   </si>
   <si>
     <t>Максимальная длина трассы 100 м; коммутация UTP cat 5E / PROCAST Cable BMC 6/20/0.12 / PROCAST Cable BMC 6/60/0.08; разъем подключения - колодка 3-pin; размеры регуляторы 88 x 88 x 5 мм (металл); размеры монтажной коробки 49 x 74 мм (металл); цвет белый; монтажная коробка в комплекте.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ZONER pro-1616D</t>
   </si>
   <si>
     <t>32 х 32 канала: 16 аналоговых и 16 цифровых DANTE; свободная маршрутизация сигналов между входами; функции: регулировка чувствительности на входах, генератор шумов, модуль снижения уровня шума на входе, фильтр сужающий динамический диапазон, модуль балансировки сигнала микрофона, эквалайзер на 8 полос, модуль подавления обратной связи от микрофона, автомикшер Дюгана, модуль для компенсирования негативного влияния эха, модуль активно подавляющий любые шумы, маршрутизатор, USB-плеер. Разъёмы: балансные Phoenix 3,81mm (EuroBlock); TCP/IP (UDP), RS232, RS485; 4х2 GPIO. Электропитание ~230В; потребляемая мощность 40 Вт; фантомное питание микрофонов +48 В;размеры 482 x 200 x 45 мм; рэковый размер 19’’ х 1U; вес 3 кг; цвет черный.</t>
   </si>
   <si>
-    <t>355 306</t>
+    <t>362 547</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ZONER pro-44D</t>
   </si>
   <si>
     <t>8 х 8 каналов: 4 аналоговых и 4 цифровых DANTE; свободная маршрутизация сигналов между входами; функции: регулировка чувствительности на входах, генератор шумов, модуль снижения уровня шума на входе, фильтр сужающий динамический диапазон, модуль балансировки сигнала микрофона, эквалайзер на 8 полос, модуль подавления обратной связи от микрофона, автомикшер Дюгана, модуль для компенсирования негативного влияния эха, модуль активно подавляющий любые шумы, маршрутизатор, USB-плеер. Разъёмы: балансные Phoenix 3,81mm (EuroBlock); TCP/IP (UDP), RS232, RS485; 4х2 GPIO. Электропитание ~230В; потребляемая мощность 20 Вт; фантомное питание микрофонов +48 В;размеры 230 x 200 x 45 мм; рэковый размер 19’’ х 1U; вес 2 кг; цвет черный.</t>
   </si>
   <si>
-    <t>111 584</t>
+    <t>113 858</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ZONER pro-88D</t>
   </si>
   <si>
     <t>16 х 16 каналов: 8 аналоговых и 8 цифровых DANTE; свободная маршрутизация сигналов между входами; функции: регулировка чувствительности на входах, генератор шумов, модуль снижения уровня шума на входе, фильтр сужающий динамический диапазон, модуль балансировки сигнала микрофона, эквалайзер на 8 полос, модуль подавления обратной связи от микрофона, автомикшер Дюгана, модуль для компенсирования негативного влияния эха, модуль активно подавляющий любые шумы, маршрутизатор, USB-плеер. Разъёмы: балансные Phoenix 3,81mm (EuroBlock); TCP/IP (UDP), RS232, RS485; 4х2 GPIO. Электропитание ~230В; потребляемая мощность 40 Вт; фантомное питание микрофонов +48 В;размеры 482 x 200 x 45 мм; рэковый размер 19’’ х 1U; вес 3 кг; цвет черный.</t>
   </si>
   <si>
-    <t>220 231</t>
+    <t>224 719</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ZONER pro-1616A</t>
   </si>
   <si>
     <t>16 х 16 каналов; функции: регулировка чувствительности на входах, генератор шумов, модуль снижения уровня шума на входе, фильтр сужающий динамический диапазон, модуль балансировки сигнала микрофона, эквалайзер на 16 полос, модуль подавления обратной связи от микрофона, автомикшер Дюгана, модуль для компенсирования негативного влияния эха, модуль активно подавляющий любые шумы, маршрутизатор, USB-плеер. Разъёмы: балансные Phoenix 3,81mm (EuroBlock); TCP/IP (UDP), RS232, RS485; 4х2 GPIO. Электропитание ~230В; потребляемая мощность 40 Вт; фантомное питание микрофонов +48 В;размеры 482 x 200 x 45 мм; рэковый размер 19’’ х 1U; вес 3 кг; цвет черный.</t>
   </si>
   <si>
-    <t>149 708</t>
+    <t>152 809</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ZONER pro-88A</t>
   </si>
   <si>
     <t>8 х 8 каналов; функции: регулировка чувствительности на входах, генератор шумов, модуль снижения уровня шума на входе, фильтр сужающий динамический диапазон, модуль балансировки сигнала микрофона, эквалайзер на 8 полос, модуль подавления обратной связи от микрофона, автомикшер Дюгана, модуль для компенсирования негативного влияния эха, модуль активно подавляющий любые шумы, маршрутизатор, USB-плеер. Разъёмы: балансные Phoenix 3,81mm (EuroBlock); TCP/IP (UDP), RS232, RS485; 4х2 GPIO. Электропитание ~230В; потребляемая мощность 40 Вт; фантомное питание микрофонов +48 В;размеры 482 x 200 x 45 мм; рэковый размер 19’’ х 1U; вес 3 кг; цвет черный.</t>
   </si>
   <si>
-    <t>79 257</t>
+    <t>80 899</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MPA-53</t>
   </si>
   <si>
     <t>8 х 1 канал; встроенный MP3 медиаплеер; FM тюнер; Bluetooth; интерфейсы USB / SD; линейные входы 5 х 2RCA; стерео вход miniJack; микрофонные входы 3 х XLR / TRS 6,3 Jack; раздельный эквалайзер для каждого микрофонного входа и для суммарного линейного; выходы 1 х XLR балансный, 1 х RCA Stereo небалансный; сухие контакты для подключения к ОПС EXT.MUSIC MUTE; фантомное питание; частотный диапазон 20 Гц - 20 кГц; питание ~100-250 В / 50/60 Гц; размеры 483 x 103 x 44 мм; рэковый размер 19’’ х 1U; вес 1.7 кг; цвет черный.</t>
   </si>
   <si>
-    <t>21 018</t>
+    <t>21 454</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PMP-324s</t>
   </si>
   <si>
     <t>6 х 4 канала; встроенный MP3 / WMA медиаплеер; FM тюнер; интерфейсы USB / SD; линейные входы 2 х RCA; стерео вход miniJack; микрофонные входы 3 х XLR / TRS Jack; выходы 4 х XLR; мониторный выход 1 х TRS Jack; фантомное питание +48 В; частотный диапазон 20 Гц - 20 кГц; питание ~220 В / 50/60 Гц; мощность 15 Вт; размеры 483 x 200 x 44 мм; рэковый размер 19’’ х 1U; вес 3.1 кг; цвет черный.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PSS-31</t>
   </si>
   <si>
     <t>Линейные входы 3 x 2 х RCA; линейные выходы 3 x 2 х RCA; AUX выход 1 x 2 х RCA; выходы на сабвуферы 2 х RCA / 1 х XLR; выходы на сателлиты 2 х RCA / 2 х XLR; частотный диапазон 20 Гц - 20 кГц; питание ~220 В / 50/60 Гц; мощность 30 Вт; размеры 430 x 44 x 200 мм; рэковый размер 19’’ х 1U; вес 3.8 кг; цвет черный.</t>
   </si>
   <si>
-    <t>22 281</t>
+    <t>25 047</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>