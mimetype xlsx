--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -59,126 +59,126 @@
   <si>
     <t>Микрофоны</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>FP</t>
   </si>
   <si>
     <t>Выходное напряжение +48 В; вход XLR Female; выход XLR Male; защита от короткого замыкания / от перепадов напряжения; питание ~220 В / 50 Гц; размеры 160 x 100 x 48 мм; вес 750 г; цвет черный.</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MD-04</t>
   </si>
   <si>
     <t>Динамический; однонаправленный; поворотный кронштейн типа "гусиная шея"; база с утяжелителем и кнопкой "TALK"; диапазон 50-13500 Гц; чувствительность -50 дБ; импеданс 500 Ом; разъем XLR; вес 900 г.</t>
   </si>
   <si>
-    <t>5 490</t>
+    <t>5 603</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MCP-8</t>
   </si>
   <si>
     <t>Совместимость - аудиоматрица PMM-380; 8 зон; подключение RJ45 (Cat 5/6); микрофон конденсаторный, 50-16000 Гц; функции - выбор зоны, сигнал во все зоны, выбор гонга; вес 1,2 кг.</t>
   </si>
   <si>
-    <t>18 308</t>
+    <t>18 675</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MCD-4</t>
   </si>
   <si>
     <t>Совместимость - усилители серии MDA; до 4 зон; подключение RJ45 (Cat 5/6); микрофон конденсаторный, 80-16000 Гц; функции - выбор зоны, сигнал во все зоны, выбор гонга; вес 960 г.</t>
   </si>
   <si>
-    <t>28 490</t>
+    <t>29 060</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MD-03</t>
   </si>
   <si>
     <t>Динамический; однонаправленный; стойка gooseneck; основание с кнопкой mute; диапазон 50-13500 Гц; чувствительность -50 дБ; импеданс 500 Ом; разъем XLR; размеры платформы 142х115х42 мм; длинна микрофона со стойкой 347 мм; вес 1,1 кг.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MT-304</t>
   </si>
   <si>
     <t>Однонаправленный конденсаторный микрофон на гибком держателе; настольная база с кнопкой TALK (без фиксации); частотный диапазон 50-16000 Гц; чувствительность -37 дБ; импеданс 250 Ом; входной разъем 1 х XLR(f), балансный; кабель подключения XLR-XLR длиной 3.5 м в комплекте; питание 15-48 В от активного звукового оборудования или от 2-х батареек типа AA (2х1.5 В); ABS пластик; 0.9 кг.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>MT505</t>
   </si>
   <si>
     <t>Конденсаторный; однонаправленный; стойка gooseneck; основание с кнопкой mute; диапазон 50-16000 Гц; чувствительность -37 дБ; импеданс 250 Ом; разъем XLR; питание от батареек или от микшера; вес 700г.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>HMD-02</t>
   </si>
   <si>
     <t>Динамический тип; подключается к любому усилителю с микроффонным входом; диапазон 50-18000 Гц; чувствительность -50 дБ; импеданс 300 Ом; разъем небалансный XLR(male); ручной, с возможностью крепления на стойку; вес 400 г. Применяется в учебном процессе при чтении лекций и т.д., для оповещения, а также в аудио-системах для пения (караоке и т.п.).</t>
   </si>
   <si>
     <t>2 156</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MCD-16</t>
   </si>
   <si>
     <t>Сетевая микрофонная консоль для многозонных систем оповещения, позволяет подавать голосовые сообщения и управлять вещанием в 16 зонах (с расширением до 32). Совместимость - приборы серий ZONER pro и MDSP. Конденсаторный микрофон типа "гусиная шея", длина 44 см; динамический диапазон 88 дБ, частотный диапазон 50 Гц - 16 кГц, диаграмма направленности кардиоида. 16 программируемых кнопок - зоны/группы зон, загрузка пресета, запуск сообщения и т.д., напротив кнопок световые индикаторы активности. Встроенный DSP процессор: компрессор, лимитер и параметрический эквалайзер. Медиаплеер для воспроизводства сообщения или сигнала привлечения внимания с micro SD. OLED дисплей, кнопки для управления и настроек. Интерфейсы управления: TCP/IP (RJ45), RS485 (3-pin EuroBlock), 2х Logic In/Out. Доступна активация внешних приборов, параметры коммутации 12В, 500 мА. Подключение кабелем CAT5E/CAT6, удаленность до 150 м. Питание DC 24В, от сети через адаптер. Вес 2.2 кг.</t>
   </si>
   <si>
-    <t>30 968</t>
+    <t>31 641</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>