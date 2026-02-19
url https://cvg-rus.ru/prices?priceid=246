--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -12,659 +12,674 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Прайс-лист: Кабели и разъемы</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Кабели и разъемы</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Акустические кабели</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>PROCAST Cable ST12.OFC.3,235</t>
   </si>
   <si>
     <t>Hi-Fi; бухта 100 м, цена за 1 метр; сечение 2х 3,235мм2 (12AWG), емкость 95,7 пФ, жила  из бескислородной меди OFC 99,98%; прозрачный кожух; импеданс на 1 км 5,43 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
   </si>
   <si>
-    <t>462</t>
+    <t>522</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROCAST Cable ST14.OFC.2,11</t>
   </si>
   <si>
     <t>Hi-Fi; бухта 100 м, цена за 1 метр; сечение 2х 2,11мм2 (14AWG), емкость 84,3 пФ, жила  из бескислородной меди OFC 99,98%; прозрачный кожух; импеданс на 1 км 8,62 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
   </si>
   <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SBL16.OFC.1,306</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 1,306мм2 (16AWG), емкость 72,3 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 13,7 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SBL18.OFC.0,824</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 0,824мм2 (18AWG), емкость 73,6 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 21,5 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SBR14.OFC.2,11</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 2,11мм2 (14AWG), емкость 84,3 пФ, жила  из бескислородной меди OFC 99,98%; цвет красно-черный; импеданс на 1 км 8,62 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SBR16.OFC.1,306</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 1,306мм2 (16AWG), емкость 72,3 пФ, жила  из бескислородной меди OFC 99,98%; цвет красно-черный; импеданс на 1 км 13,7 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SBR18.OFC.0,824</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 0,824мм2 (18AWG), емкость 73,6 пФ, жила  из бескислородной меди OFC 99,98%; цвет красно-черный; импеданс на 1 км 21,5 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SJW14.OFC.2,077</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х2,077 мм2 (14AWG), емкость 123,5 пФ, жила из бескислородной меди OFC 99,98%; цвет белый; импеданс на 1 км 8,62 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SJW17.OFC.1,045</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х1,045 мм2 (17AWG), емкость 103 пФ, жила из бескислородной меди OFC 99,98%; цвет белый; импеданс на 1 км 17,2 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>PROCAST Cable ST16.OFC.1,306</t>
+  </si>
+  <si>
+    <t>Hi-Fi; бухта 100 м, цена за 1 метр; сечение 2х 1,306мм2 (16AWG), емкость 72,3 пФ, жила  из бескислородной меди OFC 99,98%; прозрачный кожух; импеданс на 1 км 13,7 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SWH16.OFC.1,306</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 1,306мм2 (16AWG), емкость 72,3 пФ, жила из бескислородной меди OFC 99,98%; цвет белый; импеданс на 1 км 13,7 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SWH18.OFC.0,824</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; сечение 2х 0,824мм2 (18AWG), емкость 73,6 пФ, жила из бескислородной меди OFC 99,98%; цвет белый; импеданс на 1 км 21,5 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>PROCAST Cable S-LSZH 14.OFC.2,11</t>
+  </si>
+  <si>
+    <t>Негорючий; бухта 100 м, цена за 1 метр; сечение 2х 2,11 мм2 (14AWG), емкость 123,5 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 8,62 Ом; температурный диапазон -20...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>PROCAST Cable S-LSZH 16.OFC.1,306</t>
+  </si>
+  <si>
+    <t>Негорючий; бухта 100 м, цена за 1 метр; сечение 2х 1,306 мм2 (16AWG), емкость 106,5 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 13,7 Ом; температурный диапазон -20...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>PROCAST Cable S-LSZH 18.OFC.0,824</t>
+  </si>
+  <si>
+    <t>Негорючий; бухта 100 м, цена за 1 метр; сечение 2х 0,824мм2 (18AWG), емкость 57,4 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 21,8 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SJB14.OFC.2,077</t>
+  </si>
+  <si>
+    <t>Всепогодный; бухта 100 м, цена за 1 метр; сечение 2х 2,077мм2 (17AWG), емкость 123,5 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 8,62 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>PROCAST Cable SJB17.OFC.1,045</t>
+  </si>
+  <si>
+    <t>Всепогодный; бухта 100 м, цена за 1 метр; сечение 2х 1,045мм2 (17AWG), емкость 103 пФ, жила из бескислородной меди OFC 99,98%; цвет черный; импеданс на 1 км 17,2 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>207 219</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>PROCAST Cable RCA6/TT/Red</t>
+  </si>
+  <si>
+    <t>Папа, 2-pin, диаметр отверстия под кабель 6 мм, цвет черный с красной меткой, корпус из алюминия.</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>PROCAST Cable STFL14.OFC.2,11</t>
+  </si>
+  <si>
+    <t>Плоский, Hi-Fi класс, 2 многожильных проводника из бескислородной меди OFC 99,98% (луженая и красная), 96 жил в каждом проводнике скручены между собой косой, сечение 2х 2,11 мм2 (14AWG). Погонная емкость 84,3 пФ/м, погонное сопротивление 8.62 Ом/км. Прозрачная внешняя оболочка из ПВХ-пластиката, внешние размеры 11,5x2,8 мм, температурный диапазон -20...+60°С, минимальный срок эксплуатации 15 лет. Поставляется в бухтах 100 м, цена за 1 метр.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>PROCAST Cable STFL16.OFC.1,306</t>
+  </si>
+  <si>
+    <t>Плоский, Hi-Fi класс, 2 многожильных проводника из бескислородной меди OFC 99,98% (луженая и красная), 64 жилы в каждом проводнике скручены между собой косой, сечение 2х 1,306мм2 (16AWG). Погонная емкость 72,3 пФ/м, погонное сопротивление 13.7 Ом/км. Прозрачная внешняя оболочка из ПВХ-пластиката, внешние размеры 10,5x2,7 мм, температурный диапазон -40...+70°С, минимальный срок эксплуатации 15 лет. Поставляется в бухтах 100 м, цена за 1 метр.</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>PROCAST cable BSC 3,2/16/0,12</t>
+  </si>
+  <si>
+    <t>Круглый, для передачи балансных моно или небалансных стерео сигналов, или как микрофонный кабель. 2 многожильных проводника из бескислородной меди OFC 99,97% (луженая и красная), 16 жил диаметром по 0,12 мм в каждом; изоляция из ПВХ синего и белого цвета. Проводники обернуты алюминиевой фольгой, которая вместе с дренажной жилой (7 х 0.18мм) является экраном. Для гибкости внутренние полости проложены шелковыми нитями. Внешняя оболочка из мягкого ПВХ серого цвета, диаметр 3.2 мм. Погонная емкость: проводник/проводник 87 пФ/м, проводник/экран 162 пФ/м; погонное сопротивление 98 Ом/км. Температурный диапазон -20...+70°С, минимальный срок эксплуатации 15 лет. Поставляется в бухтах 100 м, цена за 1 метр.</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>PROCAST cable BSC 2*4,5/20/0,12</t>
+  </si>
+  <si>
+    <t>Круглый, для передачи двух балансных моно или стерео сигналов, или как микрофонный кабель. 2 х 2 многожильных проводника из красной бескислородной меди OFC 99,97%, 20 жил диаметром по 0,12 мм в каждом; изоляция из XLPE (желтый/черный и красный/белый цвет). Проводники попарно обернуты алюминиевой фольгой, которая вместе с дренажной жилой (7 х 0.18мм) является экраном каждого канала. Внешняя оболочка из мягкого ПВХ черного цвета, размер 4.5 х 9 мм. Погонная емкость: проводник/проводник 47 пФ/м, проводник/экран 120 пФ/м; погонное сопротивление 85 Ом/км. Температурный диапазон -20...+70°С, минимальный срок эксплуатации 15 лет. Поставляется в бухтах 200 м, цена за 1 метр.</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>1.2</t>
+  </si>
+  <si>
+    <t>Микрофонные кабели</t>
+  </si>
+  <si>
+    <t>PROCAST Cable BMC 6/20/0.12</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; балансный;  сечение жил - 20 по 0,12мм2, сечение медного экрана - 60 по 0,12мм2; емкость - жила 141 пФ, экран 102 пФ; импеданс на 1 км: жила - 80 Ом, экран - 29 Ом; цвет черный; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>PROCAST Cable BMC 6/60/0.08</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; балансный;  сечение жил - 60 по 0,08мм2, сечение медного экрана - 144 по 0,10мм2; емкость - жила 198 пФ, экран 183 пФ; импеданс на 1 км: жила - 60 Ом, экран - 21,9 Ом; цвет черный; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>1.3</t>
+  </si>
+  <si>
+    <t>Межблочные кабели</t>
+  </si>
+  <si>
+    <t>PROCAST Cable XLR(m)/XLR(f).0,5</t>
+  </si>
+  <si>
+    <t>Длина 0.5 м; разъемы XLR (male) и XLR (female); 2 жилы, 20 медных проводников сечением по 0.12 м²; экран - 80 проводников по 0.1 м²; изоляция - черный PVC пластик; внешний диаметр кабеля 6.5 мм; -40...+70°С; мин. срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>1 266</t>
+  </si>
+  <si>
+    <t>PROCAST Cable XLR(m)/XLR(f).1</t>
+  </si>
+  <si>
+    <t>Длина 1 м; разъемы XLR (male) и XLR (female); 2 жилы, 20 медных проводников сечением по 0.12 м²; экран - 80 проводников по 0.1 м²; изоляция - черный PVC пластик; внешний диаметр кабеля 6.5 мм; -40...+70°С; мин. срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>1 312</t>
+  </si>
+  <si>
+    <t>PROCAST Cable XLR(m)/XLR(f).2,5</t>
+  </si>
+  <si>
+    <t>Длина 2.5 м; разъемы XLR (male) и XLR (female); 2 жилы, 20 медных проводников сечением по 0.12 м²; экран - 80 проводников по 0.1 м²; изоляция - черный PVC пластик; внешний диаметр кабеля 6.5 мм; -40...+70°С; мин. срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>1 670</t>
+  </si>
+  <si>
+    <t>PROCAST Cable c-MJ/2RCA.2</t>
+  </si>
+  <si>
+    <t>Длина 2 метра; 2 канала; разъемы 2х RCA (папа), угловой jack (3,5 мм); цвет черный; сечение: жила - 10 по 0,12мм2, экран - 30 по 0,12мм2; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>PROCAST Cable s-MJ/2RCA.2</t>
+  </si>
+  <si>
+    <t>Длина 2 метра; 2 канала; разъемы 2х RCA (папа), jack (3,5 мм); цвет черный; сечение: жила - 10 по 0,12мм2, экран - 30 по 0,12мм2; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>PROCAST Cable s-MJ/2RCA.5</t>
+  </si>
+  <si>
+    <t>Длина 5 метров; 2 канала; разъемы 2х RCA (папа), jack (3,5 мм); цвет черный; сечение: жила - 10 по 0,12мм2, экран - 30 по 0,12мм2; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>PROCAST Cable m-MJ/2RCA.2</t>
+  </si>
+  <si>
+    <t>Длина 2 метра; 2 канала; разъемы 2х RCA (папа), jack (3,5 мм); цвет белый; сечение: жила - 10 по 0,10мм2, экран - 80 по 0,10мм2; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>PROCAST Cable S-MJ/S-MJ.2</t>
+  </si>
+  <si>
+    <t>Длина 2 метра; 2 канала; разъемы Jack (3,5 мм) и Jack (3,5 мм); цвет черный; сечение: жила - 10 по 0,12мм2, экран - 30 по 0,12мм2; изоляция и оболочка из ПВХ пластиката; внешний диаметр 3.5 мм; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>PROCAST Cable UMC6/28/0.12</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; небалансный;  сечение 28 по 0,12мм2, емкость 100,6 пФ; два экрана – алюминиевая фольга + медная оплетка 112х0,12mm2, экранирование – 94%; цвет зеленый; импеданс на 1 км: жила - 60,02 Ом, экран - 20,48 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>PROCAST Cable VCC 6/39/0.10</t>
+  </si>
+  <si>
+    <t>Бухта 100 м, цена за 1 метр; коаксиальный; центральная жила - 39 проводников по 0.1 мм²; экран двойной - алюминиевая фольга + оплетка из луженой меди (144 проводника сечением 0.1 мм²); эл. сопротивление жилы - 60.02 Ом/км, экрана - 17.3 Ом/км; волновое сопротивление - 75 Ом; емкость - 189 пкФ/м; изоляция - синий PVC пластик; -40...+70°С; мин. срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>PROCAST Cable 2RCA/2RCA.1,5</t>
+  </si>
+  <si>
+    <t>Класс Hi-Fi, длина 1,5 метра; 2 канала; разъемы RCA (папа); цвет белый; сечение: жила - 20 по 0,12мм2, экран - 30 по 0,12мм2; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>PROCAST Cable 2RCA/2RCA.2</t>
+  </si>
+  <si>
+    <t>Класс Hi-Fi, длина 2 метра; 2 канала; разъемы RCA (папа); центральная жила - 20 медных проводников сечением по 0.12 м²; экран - оплетка из 30 проводников по 0.12 м²; изоляция - черный PVC пластик; -40...+70°С; мин. срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>PROCAST Cable 2RCA/2RCA.5</t>
+  </si>
+  <si>
+    <t>Класс Hi-Fi, длина 5 метров; 2 канала; разъемы RCA (папа); центральная жила - 20 медных проводников сечением по 0.12 м²; экран - оплетка из 30 проводников по 0.12 м²; изоляция - черный PVC пластик; -40...+70°С; мин. срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>1 177</t>
+  </si>
+  <si>
+    <t>PROCAST Cable USC 2*6/60/0.12</t>
+  </si>
+  <si>
+    <t>Стерео; бухта 100 м, цена за 1 метр; небалансный;  сечение 28 по 0,12мм2, емкость 100,6 пФ; два экрана – алюминиевая фольга + медная оплетка 112х0,12mm2, экранирование – 94%; цвет черный; импеданс на 1 км: жила - 60,02 Ом, экран - 20,48 Ом; температурный диапазон -40...+70°С; минимальный срок эксплуатации 15 лет.</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>1.4</t>
+  </si>
+  <si>
+    <t>Комплекты для передачи видеосигнала по витой паре</t>
+  </si>
+  <si>
+    <t>PROCAST CABLE EXT150-V/V</t>
+  </si>
+  <si>
+    <t>Качество видео до FullHD 1920x1080 (1080p) / 60Hz; сетевой кабель CAT5e, CAT6; аудио - 20-20 000 Гц, ±0.05 dB; дистанция трансляции - 150 м; разъемы: сеть - RJ45, видео - Dsub 15-pin (VGA), аудио -TRS 1/8 (мини джек); электропитание 5В/3А; размеры 110x97x36 мм (один блок); вес 190 г (один блок).</t>
+  </si>
+  <si>
+    <t>10 600</t>
+  </si>
+  <si>
+    <t>PROCAST CABLE EXT150-D(R)</t>
+  </si>
+  <si>
+    <t>Качество видео до FullHD 1920x1080 (1080p) / 60Hz; сетевой кабель CAT5e, CAT6; аудио - 20-20 000 Гц, ±0.05 dB; дистанция трансляции - 150 м; разъемы: сеть - RJ45, видео - Dsub 24-pin (DVI), аудио -TRS 1/8 (мини джек); электропитание 5В/3А; размеры 110x97x36 мм; вес 190 г.</t>
+  </si>
+  <si>
+    <t>6 500</t>
+  </si>
+  <si>
+    <t>PROCAST CABLE EXT150-H(R)</t>
+  </si>
+  <si>
+    <t>Качество видео до FullHD 1920x1080 (1080p) / 60Hz; сетевой кабель CAT5e, CAT6; аудио - 20-20 000 Гц, ±0.05 dB; дистанция трансляции - 150 м; разъемы: сеть - RJ45, аудио/видео -HDMI; электропитание 5В/3А; размеры 110x97x36 мм; вес 190 г.</t>
+  </si>
+  <si>
+    <t>PROCAST CABLE EXT150-V(R)</t>
+  </si>
+  <si>
+    <t>Качество видео до FullHD 1920x1080 (1080p) / 60Hz; сетевой кабель CAT5e, CAT6; аудио - 20-20 000 Гц, ±0.05 dB; дистанция трансляции - 150 м; разъемы: сеть - RJ45, видео - Dsub 15-pin (VGA), аудио -TRS 1/8 (мини джек); электропитание 5В/3А; размеры 110x97x36 мм; вес 190 г.</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>Разъемы, переходники и розетки</t>
+  </si>
+  <si>
+    <t>PROCAST cable BP-XLR/Female</t>
+  </si>
+  <si>
+    <t>Гнездо XLR (мама), 3-pin (балансный), диаметр отверстия под кабель 3 - 6 мм, контакты из высококачественного медного сплава PHOSPHOR BRONZE, цвет маркировки оранжевый, корпус из черного пластика.</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>PROCAST Cable XLR 6/ Female</t>
+  </si>
+  <si>
+    <t>Мама, 3-pin, диаметр отверстия под кабель 6 мм, цвет черный, корпус из металла, размеры Ø20х69 мм.</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>PROCAST cable BP-XLR/Male</t>
+  </si>
+  <si>
+    <t>Штекер XLR (папа), 3-pin (балансный), диаметр отверстия под кабель 3 - 6 мм, контакты из высококачественного медного сплава PHOSPHOR BRONZE, цвет маркировки оранжевый, корпус из черного пластика.</t>
+  </si>
+  <si>
+    <t>PROCAST Cable XLR 6/ Male</t>
+  </si>
+  <si>
+    <t>Папа, 3-pin, диаметр отверстия под кабель 6 мм, цвет черный, корпус из металла, размеры Ø18,5х67 мм.</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>PROCAST Cable B-XLRf/RCAf</t>
+  </si>
+  <si>
+    <t>Адаптер XLR (female) / RCA (female) для межблочного соединения звукового оборудования, подключения мобильных устройств к активному звуковому оборудованию и др.; цельнометаллический оцинкованный корпус.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>PROCAST Cable A-XLRm/RCAf</t>
+  </si>
+  <si>
+    <t>Адаптер XLR (male) / RCA (female) для межблочного соединения звукового оборудования, подключения мобильных устройств к активному звуковому оборудованию и др.; цельнометаллический оцинкованный корпус.</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>PROCAST Cable TSL-20</t>
+  </si>
+  <si>
+    <t>Встраиваемый; порты: видео - VGA/HDMI/ Composite - CVBS, аудио - 2х RCA/ jack 3,5mm /XLR, сеть - 2х RJ45, розетка на 220 В; монтажное отверстие 185х130 мм; вес 1,9 кг.</t>
+  </si>
+  <si>
+    <t>PROCAST Cable TС-16</t>
+  </si>
+  <si>
+    <t>Встраиваемый; порты VGA/ HDMI/ RJ45/ 220/ jack3,5, длина кабелей 1 м; монтажное отверстие 150х118 мм; вес 1,85 кг.</t>
+  </si>
+  <si>
+    <t>WLP02-R</t>
+  </si>
+  <si>
+    <t>2-канальный; разъемы 2 х RCA (левый / правый) под пайку; размеры 114 x 70 мм; материал ABS пластик; цвет белый.</t>
+  </si>
+  <si>
+    <t>WSP01</t>
+  </si>
+  <si>
+    <t>1-канальный; 2 винтовых зажима (двухсторонние); сечение кабеля от 0.5 до 4 мм; размеры 114 x 70 мм; материал ABS пластик; цвет белый.</t>
+  </si>
+  <si>
+    <t>WSP02</t>
+  </si>
+  <si>
+    <t>2-канальный; 4 винтовых зажима (двухсторонние); сечение кабеля от 0.5 до 4 мм; размеры 114 x 70 мм; материал ABS пластик; цвет белый.</t>
+  </si>
+  <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>PROCAST Cable RCA6/TT/Black</t>
+  </si>
+  <si>
+    <t>Папа, 2-pin, диаметр отверстия под кабель 6 мм, цвет черный, корпус из алюминия.</t>
+  </si>
+  <si>
+    <t>PROCAST Cable A-MJ/2RCA-F</t>
+  </si>
+  <si>
+    <t>Переходник 3,5 мм mini TRS Jack(m) на 2RCA (f) для межблочного соединения звукового оборудования, подключения мобильных устройств и др.; несъемные пластиковые коннекторы; длина кабеля 200 мм; цвет черный.</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>PROCAST Cable BNC6/N</t>
+  </si>
+  <si>
+    <t>2 контактный (папа), диаметр отверстия под кабель 6 мм, корпус серебристого цвета из никеля, размеры Ø4,5х30 мм.</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>PROCAST Cable F-SP4NP</t>
+  </si>
+  <si>
+    <t>Врезной, 4 контакта, пластиковый корпус, цвет черный.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>PROCAST Cable M-SP4NC</t>
+  </si>
+  <si>
+    <t>Кабельный, 4 контакта, пластиковый корпус, обжимная цанга, зажимные клеммы.</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>PROCAST Cable TR-6.3/6/M/M</t>
+  </si>
+  <si>
+    <t>2 контактный (моно), диаметр отверстия под кабель 6 мм, цвет черный, корпус из металла, длина 93 мм.</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>PROCAST Cable TRS-6.3/6/M/S</t>
+  </si>
+  <si>
+    <t>3 контактный (стерео), диаметр отверстия под кабель 6 мм, цвет черный, корпус из металла, длина 93 мм.</t>
+  </si>
+  <si>
     <t>334</t>
   </si>
   <si>
-    <t>3</t>
-[...541 lines deleted...]
-  <si>
     <t>PROCAST Cable MP-3.5/6/M/M</t>
   </si>
   <si>
     <t>3 конт. (стерео) mini Jack 3,5 мм под пайку; металлический разборной корпус с фиксаторами; позолоченные контакты; диаметр отверстия под кабель Ø6 мм; цвет черный.</t>
   </si>
   <si>
-    <t>231</t>
+    <t>236</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1339,1391 +1354,1391 @@
       </c>
       <c r="E14" s="4" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="4" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D55" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E55" s="4" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>44</v>
+        <v>162</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D59" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E59" s="4" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="4" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B28:G28"/>
     <mergeCell ref="B33:G33"/>
     <mergeCell ref="B51:G51"/>
     <mergeCell ref="B56:G56"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>