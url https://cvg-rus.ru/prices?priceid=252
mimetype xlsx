--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Прайс-лист: Аксессуары и комплектующие</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Краткая характеристика</t>
   </si>
   <si>
     <t>Цены руб.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Аксессуары и комплектующие</t>
   </si>
   <si>
@@ -338,630 +338,633 @@
   <si>
     <t>3 400</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Трансформаторы для акустических систем</t>
   </si>
   <si>
     <t>TOD-20</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС до 30 Вт (8 Ом); мощность трансформатора - 2.5/5/10/15/20 Вт при 100 В выбирается поворотным селектором; проводное подключение; герметичные фитинги для подключения спикерного кабеля; герметичный корпус из ABS пластика; защита IP65; габариты - 147x71x69 мм.</t>
   </si>
   <si>
     <t>4 364</t>
   </si>
   <si>
     <t>T-1/16</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 16 Ом; рекомендуемая мощность АС: 1 - 3 Вт (16 Ом); мощность трансформатора - 1 Вт/100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 55 мм); габариты - 31x37x27 мм, 80 г.</t>
   </si>
   <si>
-    <t>307</t>
+    <t>314</t>
   </si>
   <si>
     <t>T-10/16</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 16 Ом; рекомендуемая мощность АС: 15 - 30 Вт (16 Ом); мощность трансформатора - 3/5/10 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 65 мм); габариты - 66x40x35 мм, 195 г.</t>
   </si>
   <si>
     <t>T-20/16</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 16 Ом; рекомендуемая мощность АС: 30 - 50 Вт (16 Ом); мощность трансформатора - 2.5/5/10/20 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 73 мм); габариты - 66x40x35 мм, 350 г.</t>
   </si>
   <si>
     <t>T-3/16</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 16 Ом; рекомендуемая мощность АС: 5 - 8 Вт (16 Ом); мощность трансформатора - 1.5/3 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 56 мм); габариты - 31x37x31 мм, 120 г.</t>
   </si>
   <si>
     <t>T-6/16</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 16 Ом; рекомендуемая мощность АС: 10 - 15 Вт (16 Ом); мощность трансформатора - 1.5/3/6 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 63 мм); габариты - 36x43x33 мм, 160 г.</t>
   </si>
   <si>
     <t>T-1/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 1 - 3 Вт (8 Ом); мощность трансформатора - 1 Вт/100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 55 мм); габариты - 31x37x27 мм, 80 г.</t>
   </si>
   <si>
     <t>T-10/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 15 - 30 Вт (8 Ом); мощность трансформатора - 3/5/10 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 65 мм); габариты - 66x40x35 мм, 195 г.</t>
   </si>
   <si>
-    <t>917</t>
+    <t>1 020</t>
   </si>
   <si>
     <t>T-100/8/3</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 120 - 150 Вт (8 Ом); мощность трансформатора - 50/75/100 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 92 мм); габариты - 95x68x72 мм, 1,25 кг.</t>
   </si>
   <si>
-    <t>3 080</t>
+    <t>3 282</t>
   </si>
   <si>
     <t>T-20/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 30 - 50 Вт (8 Ом); мощность трансформатора - 2.5/5/10/20 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 73 мм); габариты - 66x40x35 мм, 350 г.</t>
   </si>
   <si>
-    <t>1 348</t>
+    <t>1 499</t>
   </si>
   <si>
     <t>T-200/8/3</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 120 - 150 Вт (8 Ом); мощность трансформатора - 50/100/200 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 92 мм); габариты - D=92mm x 48mm, 1,395 кг.</t>
   </si>
   <si>
-    <t>3 993</t>
+    <t>5 549</t>
   </si>
   <si>
     <t>T-3/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 5 - 8 Вт (8 Ом); мощность трансформатора - 1.5/3 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 56 мм); габариты - 31x37x31 мм, 120 г.</t>
   </si>
   <si>
     <t>T-50/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 60 - 80 Вт (8 Ом); мощность трансформатора - 5/15/25/50 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 92 мм); габариты - 95x55x55 мм, 820 г.</t>
   </si>
   <si>
-    <t>2 049</t>
+    <t>2 279</t>
   </si>
   <si>
     <t>T-6/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 10 - 15 Вт (8 Ом); мощность трансформатора - 1.5/3/6 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 63 мм); габариты - 36x43x33 мм, 160 г.</t>
   </si>
   <si>
-    <t>863</t>
+    <t>960</t>
   </si>
   <si>
     <t>T-70/8</t>
   </si>
   <si>
     <t>Для подключения низкоомных АС к трансляционной линии; импеданс АС - 8 Ом; рекомендуемая мощность АС: 80 - 100 Вт (8 Ом); мощность трансформатора - 10/20/35/70 Вт при 100 В; проводное подключение; винтовое крепление на корпус АС (крепежная пластина – 92 мм); габариты - 95x58x58 мм, 910 г.</t>
   </si>
   <si>
-    <t>2 265</t>
+    <t>2 519</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>Кронштейны для акустики</t>
   </si>
   <si>
     <t>WM-LT-S12BL</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; тип "лира"; для акустической системы CVGaudio BEATBOMBER SAT-S12BL; поворотный механизм с фиксацией внутренним шестигранником; винты M6 поставляются в комплекте; цвет чёрный. </t>
   </si>
   <si>
-    <t>8 500</t>
+    <t>8 925</t>
   </si>
   <si>
     <t>WM-LT-S12W</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; тип "лира"; для акустической системы CVGaudio BEATBOMBER SAT-S12W; поворотный механизм с фиксацией внутренним шестигранником; винты M6 поставляются в комплекте; цвет белый. </t>
   </si>
   <si>
     <t>WM-LT-S6BL</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; тип "лира"; для акустической системы CVGaudio BEATBOMBER SAT-S6BL; поворотный механизм с фиксацией внутренним шестигранником; винты M6 поставляются в комплекте; цвет чёрный. </t>
   </si>
   <si>
-    <t>6 017</t>
+    <t>6 318</t>
   </si>
   <si>
     <t>WM-LT-S6W</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; тип "лира"; для акустической системы CVGaudio BEATBOMBER SAT-S6W; поворотный механизм с фиксацией внутренним шестигранником; винты M6 поставляются в комплекте; цвет белый. </t>
   </si>
   <si>
     <t>WM-LT-S8BL</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; тип "лира"; для акустической системы CVGaudio BEATBOMBER SAT-S8BL; поворотный механизм с фиксацией внутренним шестигранником; винты M6 поставляются в комплекте; цвет чёрный. </t>
   </si>
   <si>
-    <t>6 334</t>
+    <t>6 651</t>
   </si>
   <si>
     <t>WM-LT-S8W</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; тип "лира"; для акустической системы CVGaudio BEATBOMBER SAT-S8W; поворотный механизм с фиксацией внутренним шестигранником; винты M6 поставляются в комплекте; цвет белый. </t>
   </si>
   <si>
     <t>WM-MMS-BL</t>
   </si>
   <si>
     <t>Для настенного крепления кинотеатральных акустических систем MOVIEMATIC MMS108 или иных подобных проектных звуковых систем с вертикальным размещением без наклона; металл; 300х308.5 мм; толщина 16 мм; 0.8 кг; цвет черный матовый.</t>
   </si>
   <si>
-    <t>2 385</t>
+    <t>2 505</t>
   </si>
   <si>
     <t>WM-MMS-W</t>
   </si>
   <si>
     <t>Для настенного крепления кинотеатральных акустических систем MOVIEMATIC MMS108 или иных подобных проектных звуковых систем с вертикальным размещением без наклона; металл; 300х308.5 мм; толщина 16 мм; 0.8 кг; цвет белый матовый.</t>
   </si>
   <si>
+    <t>23 852 505</t>
+  </si>
+  <si>
     <t>WM-SM6A-BL</t>
   </si>
   <si>
     <t>Для настенного крепления сабвуферов SUBone model A-6/BL, SUBone model A-6/BL/CR, SUBone model A-6/BL/CR/T и акустических систем MOVIEMATIC MMS108; металл; 300х308.5 мм; толщина 16 мм; 0.8 кг; цвет черный матовый.</t>
   </si>
   <si>
     <t>WM-SM6A-W</t>
   </si>
   <si>
     <t>Для настенного крепления сабвуферов SUBone model A-6/W, SUBone model A-6/W/CR, SUBone model A-6/W/CR/T и акустических систем MOVIEMATIC MMS108; металл; 300х308.5 мм; толщина 16 мм; 0.8 кг; цвет белый матовый.</t>
   </si>
   <si>
     <t>WM-SM8B-BL</t>
   </si>
   <si>
     <t>Для настенного крепления сабвуферов SUBone model B-8/BL, SUBone model B-8/BL/CR, SUBone model B-8/BL/CR/T, SUBone model C-8/BL, SUBone model C-8/BL/CR, SUBone model C-8/BL/CR/T; металл; 440х416 мм; толщина 31 мм; 1.2 кг; цвет черный матовый.</t>
   </si>
   <si>
-    <t>4 225</t>
+    <t>4 437</t>
   </si>
   <si>
     <t>WM-SM8B-W</t>
   </si>
   <si>
     <t>Для настенного крепления сабвуферов SUBone model B-8/W, SUBone model B-8/W/CR, SUBone model B-8/W/CR/T, SUBone model C-8/W, SUBone model C-8/W/CR, SUBone model C-8/W/CR/T; металл; 440х416 мм; толщина 31 мм; 1.2 кг; цвет белый матовый.</t>
   </si>
   <si>
     <t>WM-SSM6-BL</t>
   </si>
   <si>
     <t>Для настенного крепления сабвуферов SUBstick 6/BL; металл; 200х482 мм; толщина 31 мм; 1.1 кг; цвет черный матовый.</t>
   </si>
   <si>
-    <t>2 880</t>
+    <t>3 024</t>
   </si>
   <si>
     <t>WM-SSM6-W</t>
   </si>
   <si>
     <t>Для настенного крепления сабвуферов SUBstick-6/W; металл; 200х482 мм; толщина 31 мм; 1.1 кг; цвет белый матовый.</t>
   </si>
   <si>
     <t>SMC-85BL</t>
   </si>
   <si>
     <t>Для крепления к стене акустических систем Hi Fi класса AXE5:8 и NUT5:8. Позволяет регулировать положение АС в обоих плоскостях: вертикальная ±25°, горизонтальная ±50°. Максимальная нагрузка 15 кг. Размер настенной части 100.5 x 100 мм, вынос 103.5 мм, вес 0,42 кг. Материал сталь 2мм, цвет черный.</t>
   </si>
   <si>
-    <t>2 720</t>
+    <t>2 856</t>
   </si>
   <si>
     <t>SMC-85W</t>
   </si>
   <si>
     <t>Для крепления к стене акустических систем Hi Fi класса AXE5:8 и NUT5:8. Позволяет регулировать положение АС в обоих плоскостях: вертикальная ±25°, горизонтальная ±50°. Максимальная нагрузка 15 кг. Размер настенной части 100.5 x 100 мм, вынос 103.5 мм, вес 0,42 кг. Материал сталь 2мм, цвет белый.</t>
   </si>
   <si>
     <t>SMC-105BL</t>
   </si>
   <si>
     <t>Для крепления к стене акустических систем BS608T и BS808T. Позволяет регулировать положение АС в обоих плоскостях: вертикальная ±25°, горизонтальная ±50°. Максимальная нагрузка 18 кг. Размер настенной части 140 x 120 мм, вынос 103.5 мм, вес 0,52 кг. Материал сталь 2мм, цвет черный.</t>
   </si>
   <si>
-    <t>3 120</t>
+    <t>3 276</t>
   </si>
   <si>
     <t>SMC-105W</t>
   </si>
   <si>
     <t>Для крепления к стене акустических систем BS608T и BS808T. Позволяет регулировать положение АС в обоих плоскостях: вертикальная ±25°, горизонтальная ±50°. Максимальная нагрузка 18 кг. Размер настенной части 140 x 120 мм, вынос 103.5 мм, вес 0,52 кг. Материал сталь 2мм, цвет белый.</t>
   </si>
   <si>
     <t>CMB-24BL</t>
   </si>
   <si>
     <t>Потолочный, для крепления до 4-х АС одновременно; совместим с моделями серий NF/RF/ODF. Каждой колонке задается угол наклона (10/20/30°); охват до 150 м2. Спикерный кабель для всех АС подводится 1. Габариты 80x242x242 мм, вес 8 кг, цвет черный.</t>
   </si>
   <si>
-    <t>11 980</t>
+    <t>12 579</t>
   </si>
   <si>
     <t>CMB-24W</t>
   </si>
   <si>
     <t>Потолочный, для крепления до 4-х АС одновременно; совместим с моделями серий NF/RF/ODF. Каждой колонке задается угол наклона (10/20/30°); охват до 150 м2. Спикерный кабель для всех АС подводится 1. Габариты 80x242x242 мм, вес 8 кг, цвет белый.</t>
   </si>
   <si>
     <t>MR/S</t>
   </si>
   <si>
     <t>Для усилителей мощности; совместимые модели: AT-30 / AT-303 / ATP-30Z / AI-100 / AI-1003; размер 2U; материал сталь, цвет черный.</t>
   </si>
   <si>
     <t>3 020</t>
   </si>
   <si>
     <t>MR/NT-Lite</t>
   </si>
   <si>
     <t>Для установки усилителей мощности в рэковую стойку 19". Совместимые модели: NEXT T-Lite 40, NEXT T-Lite 80, NEXT T-Lite 120, NEXT T-Lite 240. Размер 1U, материал сталь, цвет черный.</t>
   </si>
   <si>
-    <t>990</t>
+    <t>1 040</t>
   </si>
   <si>
     <t>SM-SUB</t>
   </si>
   <si>
     <t>Для потолочных сабвуферов; совместимые модели: SUB-S8T / SUB-CR6T; стальной трос в силиконовой изоляции длиной 4 м; совместимые модели SUB-S8T / SUB-CR6T; в комплекте: 2 анкера, 2 карабина, 2 металлических хомута, 2 металлических зажима на болтах.</t>
   </si>
   <si>
-    <t>1 214</t>
+    <t>1 275</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>CM-H3-S6BL</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; телескопический поворотный; для акустической системы CVGaudio BEATBOMBER SAT-S6BL; допустимое расстояние от потолка 1745 - 3045 мм; максимальный угол наклона 21º; поворотный механизм 360º; цвет чёрный. </t>
   </si>
   <si>
-    <t>15 000</t>
+    <t>15 750</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>CM-H3-S6W</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; телескопический поворотный; для акустической системы CVGaudio BEATBOMBER SAT-S6W; допустимое расстояние от потолка 1745 - 3045 мм; максимальный угол наклона 21º; поворотный механизм 360º; цвет белый. </t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>CM-H3-S8BL</t>
   </si>
   <si>
     <t>кронштейн; телескопический поворотный; для акустической системы CVGaudio BEATBOMBER SAT-S8BL; допустимое расстояние от потолка 1745 - 3045 мм; максимальный угол наклона 21º; поворотный механизм 360º; цвет чёрный.</t>
   </si>
   <si>
-    <t>16 475</t>
+    <t>17 299</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CM-H3-S8W</t>
   </si>
   <si>
     <t xml:space="preserve">кронштейн; телескопический поворотный; для акустической системы CVGaudio BEATBOMBER SAT-S8W; допустимое расстояние от потолка 1745 - 3045 мм; максимальный угол наклона 21º; поворотный механизм 360º; цвет белый. </t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>CM/CMB-15BL</t>
   </si>
   <si>
     <t>Удлинитель для потолочных кронштейнов CM-H3-S6BL / CM-H3-S8BL / CMB-24BL, надевается сверху штатной трубы и увеличивает выдвижение (длину подвеса) на 1,5 м (максимум 3м). Габаритные размеры 1500x48 мм, вес 2.2 кг. Материал сталь с порошковым окрасом в черный цвет.</t>
   </si>
   <si>
-    <t>5 400</t>
+    <t>5 670</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>CM/CMB-15W</t>
   </si>
   <si>
     <t>Удлинитель для потолочных кронштейнов CM-H3-S6W / CM-H3-S8W / CMB-24W, надевается сверху штатной трубы и увеличивает выдвижение (длину подвеса) на 1,5 м (максимум 3м). Габаритные размеры 1500x48 мм, вес 2.2 кг. Материал сталь с порошковым окрасом в белый цвет.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>WM-01Bl</t>
   </si>
   <si>
     <t>Шарнирный; совместимые модели: RF508 / RF516 / RF608 / RF616 / ODF608 / ODF616; расстояние между крепежными винтами 6 - 7 см; размер настенной части 100 x 76 мм; вес 5 кг; цвет черный.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>WM-01W</t>
   </si>
   <si>
     <t>Шарнирный; совместимые модели: RF508 / RF516 / RF608 / RF616 / ODF608 / ODF616; расстояние между крепежными винтами 6 - 7 см; размер настенной части 100 x 76 мм; вес 5 кг; цвет белый.</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>Монтажные коробки</t>
   </si>
   <si>
     <t>WB-ERC</t>
   </si>
   <si>
     <t>Для встраиваемого монтажа настенных программируемых контроллеров управления ERC-1/2. Глубина посадки не менее 55мм. Материал ABS пластик, габариты 91x91x52 мм,  цвет серый.</t>
   </si>
   <si>
-    <t>890</t>
+    <t>935</t>
   </si>
   <si>
     <t>WB2-ERC</t>
   </si>
   <si>
     <t>Двойной короб для встраиваемого монтажа настенных программируемых контроллеров управления ERC-1/2 и панелей серии PW. Глубина посадки не менее 55мм. Материал ABS пластик, габариты 186x91x52 мм, цвет серый.</t>
   </si>
   <si>
-    <t>1 691</t>
+    <t>1 776</t>
   </si>
   <si>
     <t>VA-B</t>
   </si>
   <si>
     <t>Для настенных регуляторов громкости, совместимость с моделями серии VA, материал ABS пластик, цвет белый.</t>
   </si>
   <si>
-    <t>569</t>
+    <t>598</t>
   </si>
   <si>
     <t>VA-G (130/160)</t>
   </si>
   <si>
     <t>Для настенных регуляторов громкости, совместимость с моделями VA-130 / VA-160, материал ABS пластик, цвет желтый.</t>
   </si>
   <si>
-    <t>147</t>
+    <t>150</t>
   </si>
   <si>
     <t>VA-M</t>
   </si>
   <si>
-    <t>1 132</t>
+    <t>1 189</t>
   </si>
   <si>
     <t>VRL-M</t>
   </si>
   <si>
     <t>Для настенных регуляторов громкости, совместимость с моделями серии VRL, материал МДФ покрытый структурированным полиуретаном, цвет белый.</t>
   </si>
   <si>
-    <t>2 000</t>
+    <t>2 100</t>
   </si>
   <si>
     <t>P-ZONER-A/SM</t>
   </si>
   <si>
     <t>Для настенных контроллеров P-ZONER W/IP/A, материал МДФ, цвет серый алюминий, габариты 85x85x30 мм. Накладной монтаж.</t>
   </si>
   <si>
-    <t>1 660</t>
+    <t>1 743</t>
   </si>
   <si>
     <t>P-ZONER-B/SM</t>
   </si>
   <si>
     <t>Для настенных контроллеров P-ZONER W/IP/B, материал МДФ, цвет серый алюминий, габариты 95x155x30 мм. Накладной монтаж.</t>
   </si>
   <si>
-    <t>1 980</t>
+    <t>2 079</t>
   </si>
   <si>
     <t>WS-ERC</t>
   </si>
   <si>
     <t>Для накладного монтажа настенных программируемых контроллеров управления ERC-1/2. Материал МДФ высокой плотности с черным окрасом полимерной эмалью. Габариты 95x95x50 мм. Крепление с помощью отверстий диаметром 4 мм.</t>
   </si>
   <si>
-    <t>1 800</t>
+    <t>1 890</t>
   </si>
   <si>
     <t>WS-ERC-SL</t>
   </si>
   <si>
     <t>Для накладного монтажа настенных программируемых контроллеров управления ERC-1/2. Материал МДФ высокой плотности с серебряным окрасом полимерной эмалью. Габариты 95x95x50 мм. Крепление с помощью отверстий диаметром 4 мм.</t>
   </si>
   <si>
     <t>WP-BL/SM</t>
   </si>
   <si>
     <t>Для накладного монтажа настенного контроллера громкости WP-4BL. Материал МДФ черного цвета. Габариты 86x86x30 мм. Крепление с помощью саморезов.</t>
   </si>
   <si>
     <t>WP-W/SM</t>
   </si>
   <si>
     <t>Для накладного монтажа настенного контроллера громкости WP-4W. Материал МДФ белого цвета. Габариты 86x86x30 мм. Крепление с помощью саморезов.</t>
   </si>
   <si>
     <t>WS-N-BL</t>
   </si>
   <si>
     <t>Для накладного монтажа настенного контроллера громкости NVC-BL. Материал МДФ с полимерным покрытием черного цвета. Габариты 95x95x22 мм. Крепление с помощью саморезов.</t>
   </si>
   <si>
     <t>WS-N-W</t>
   </si>
   <si>
     <t>Для накладного монтажа настенного контроллера громкости NVC-W. Материал МДФ с полимерным покрытием белого цвета. Габариты 95x95x22 мм. Крепление с помощью саморезов.</t>
   </si>
   <si>
     <t>WS-NSRC-BL</t>
   </si>
   <si>
     <t>Для накладного монтажа настенных панелей с источником сигнала N-SRC / NVC-SRC. Материал МДФ с полимерным покрытием черного цвета. Габариты 155x95x45 мм. Крепление с помощью саморезов.</t>
   </si>
   <si>
     <t>WS-NSRC-W</t>
   </si>
   <si>
     <t>Для накладного монтажа настенных панелей с источником сигнала N-SRC / NVC-SRC. Материал МДФ с полимерным покрытием белого цвета. Габариты 155x95x45 мм. Крепление с помощью саморезов.</t>
   </si>
   <si>
     <t>WS2-ERC-BL</t>
   </si>
   <si>
     <t>Для накладного монтажа настенных программируемых контроллеров управления ERC-1/2 и зональных панелей PW. Материал МДФ высокой плотности с черным окрасом полимерной эмалью. Габариты 95x190x50 мм. Крепление с помощью отверстий диаметром 4 мм (6 штук).</t>
   </si>
   <si>
-    <t>3 240</t>
+    <t>3 402</t>
   </si>
   <si>
     <t>WS2-ERC-SL</t>
   </si>
   <si>
     <t>Для накладного монтажа настенных программируемых контроллеров управления ERC-1/2 и зональных панелей PW. Материал МДФ высокой плотности с серебряным окрасом полимерной эмалью. Габариты 95x190x50 мм. Крепление с помощью отверстий диаметром 4 мм (6 штук).</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>Оборудование для акустических систем CVGaudio</t>
   </si>
   <si>
     <t>BLUEFOX</t>
   </si>
   <si>
     <t>Ресивер работает в режиме приемника или передатчика. Входы: линейный 2RCA; выходы: линейный 2RCA. Поддержка основных аудиокодеков. Модуль Bluetooth с чипом Qualcomm v.5.0. При наличии внешней антенны дальность действия 40 метров (прямая видимость). Регулировка параметров через веб-интерфейс (протоколы TCP/IP).</t>
   </si>
   <si>
-    <t>15 500</t>
+    <t>15 821</t>
   </si>
   <si>
     <t>EASYCONN USB-D</t>
   </si>
   <si>
     <t>Устройство для преобразования цифровых сигналов DANTE поступающих по разъёму RJ-45 в цифровые формата USB. Поддерживает 2 канала. Используется с целью вещания напрямую с ПК в сеть Dante или для записи трансляции из сети на ПК. Питание USB (5V). Длина кабельного вывода 10 см.</t>
   </si>
   <si>
-    <t>44 326</t>
+    <t>37 373</t>
   </si>
   <si>
     <t>EASYCONN 2A-D</t>
   </si>
   <si>
     <t>Устройство для преобразования аналоговых сигналов поступающих по разъёмам 2xXLR (розетка) в цифровой формат для сети DANTE с разъёмом RJ-45. Используется с целью подключения аналоговых источников звука без интерфейсов DANTE к цифровой музыкальной сети. Питание PoE.</t>
   </si>
   <si>
     <t>EASYCONN D-2A</t>
   </si>
   <si>
     <t>Устройство для преобразования цифровых сигналов DANTE поступающего по разъёму RJ-45 в аналоговые (2 канала) с выходами на разъёмах 2xXLRm. Используется с целью подключения аналоговых акустических систем без интерфейсов DANTE к цифровой музыкальной сети. Питание PoE.</t>
   </si>
   <si>
     <t>1.6</t>
   </si>
   <si>
     <t>Защитный панели</t>
   </si>
   <si>
     <t>PSR-1U</t>
   </si>
   <si>
     <t>Для защиты от несанкционированного доступа к органам управления аудиоустройств размещенных в телекоммуникационной Rack-стойке; прорези для естественной вентиляции; размер 1U; металл; цвет черный.</t>
   </si>
   <si>
-    <t>1 538</t>
+    <t>1 615</t>
   </si>
   <si>
     <t>PSR-2U</t>
   </si>
   <si>
     <t>Для защиты от несанкционированного доступа к органам управления аудиоустройств размещенных в телекоммуникационной Rack-стойке; прорези для естественной вентиляции; размер 2U; металл; цвет черный.</t>
   </si>
   <si>
-    <t>2 213</t>
+    <t>2 324</t>
   </si>
   <si>
     <t>PSR-3U</t>
   </si>
   <si>
     <t>Для защиты от несанкционированного доступа к органам управления аудиоустройств размещенных в телекоммуникационной Rack-стойке; прорези для естественной вентиляции; размер 3U; металл; цвет черный.</t>
   </si>
   <si>
-    <t>2 813</t>
+    <t>2 954</t>
   </si>
   <si>
     <t>PSR-4U</t>
   </si>
   <si>
     <t>Для защиты от несанкционированного доступа к органам управления аудиоустройств размещенных в телекоммуникационной Rack-стойке; прорези для естественной вентиляции; размер 4U; металл; цвет черный.</t>
   </si>
   <si>
-    <t>3 525</t>
+    <t>3 702</t>
   </si>
   <si>
     <t>PBP-2U</t>
   </si>
   <si>
     <t>Для защиты от несанкционированного доступа к органам управления усилителей серии М; клавиша активации в доступе; светодиоды видимы; размер 2U; металл; цвет черный.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -2496,1240 +2499,1240 @@
       </c>
       <c r="E52" s="4" t="s">
         <v>161</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>161</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>161</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E57" s="4" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E59" s="4" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E61" s="4" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="E63" s="4" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E65" s="4" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E70" s="4" t="s">
         <v>206</v>
-      </c>
-[...10 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E72" s="4" t="s">
         <v>213</v>
-      </c>
-[...10 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="E74" s="4" t="s">
         <v>220</v>
-      </c>
-[...10 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E78" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E84" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E86" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E87" s="4" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E88" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B94" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C95" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="E95" s="4" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B98" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="E99" s="4" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
       <c r="F99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E102" s="4" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E103" s="4" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B104" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E104" s="4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E106" s="4" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B45:G45"/>
     <mergeCell ref="B77:G77"/>
     <mergeCell ref="B96:G96"/>
     <mergeCell ref="B101:G101"/>
   </mergeCells>