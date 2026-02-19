--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -71,84 +71,84 @@
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CVGaudio</t>
   </si>
   <si>
     <t>M023-LCD</t>
   </si>
   <si>
     <t>Для трансляционных усилителей серий M-Tm / M-Tmz / R-m; поддержка форматов MP3 / WMA; встроенный FM тюнер 87.5 - 108.0 МГц на 50 станций; поддержка Bluetooth; интерфейс USB / SD до 32 ГБ; питание +12 В / 1 А; размер экрана 50 х 19 мм; размеры модуля 98 x 48 x 23 мм; вес 120 г.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>M-023Bl</t>
   </si>
   <si>
     <t xml:space="preserve">MP3; FM 87.5-108 МГц, память на 50 станций; Bluetooth 4.2, радиус действия 6-8 м; LCD экран; поддержка USB и SDcard накопителей до 32 Гб; IR пульт; линейные стерео входы 1 х mini jack TRS 3.5 мм, 1 х 3-pin EuroBlock; линейные стерео выходы 1 х mini jack TRS 3.5 мм, 1 х 3-pin EuroBlock; IR вход 1х3-pin EuroBlock; вход для FM антенны 1 х mini jack TRS 3.5 мм; электропитание DC 12 В / 1 А через опциональный адаптер; 155х86х53 мм (2U); 0.87 кг; цвет - черный. </t>
   </si>
   <si>
-    <t>7 691</t>
+    <t>8 330</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>M-023W</t>
   </si>
   <si>
     <t xml:space="preserve">MP3; FM 87.5-108 МГц, память на 50 станций; Bluetooth 4.2, радиус действия 6-8 м; LCD экран; поддержка USB и SDcard накопителей до 32 Гб; IR пульт; линейные стерео входы 1 х mini jack TRS 3.5 мм, 1 х 3-pin EuroBlock; линейные стерео выходы 1 х mini jack TRS 3.5 мм, 1 х 3-pin EuroBlock; IR вход 1х3-pin EuroBlock; вход для FM антенны 1 х mini jack TRS 3.5 мм; электропитание DC 12 В / 1 А через опциональный адаптер; 155х86х53 мм (2U); 0.87 кг; цвет - белый. </t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MSH-1</t>
   </si>
   <si>
     <t>Многофункциональный медиаплеер, источник музыкальных сигналов для систем звукофикации различных объектов. Воспроизводит файлы форматов MP3 / FLAC / WAV с цифровых носителей USB и SD-card (до 256 Гб), а также потоковое аудио от мобильных устройств подключенных посредством Bluetooth (версия 5.3), радиус приема сигнала 10 м. Большой информативный LED экран и кнопки управления. Встроенное меню с широкими возможностями настройки воспроизведения: плей-листы, расписание, ф-ии  LOOP, RANDOM, PITCH и т.д. Аудиовыходы: балансные 2х XLR, небалансные 2х RCA. Корпус для Rack-монтажа, габаритные размеры 482x168x45 мм (1U), вес 1.6 кг. Черный цвет. Питание от сети 220В.</t>
   </si>
   <si>
-    <t>28 739</t>
+    <t>29 364</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>NMSH-2</t>
   </si>
   <si>
     <t>Многофункциональный сетевой медиаплеер, источник музыкальных сигналов для систем звукофикации различных объектов. Воспроизводит файлы форматов AAC/AAC+ / ALAC / APE / FLAC / MP3 / WAV с цифровых носителей USB (до 128 Гб), потоковое аудио от мобильных устройств подключенных по Bluetooth (вер. 5.0, внешняя антенна, радиус 15 м). Поддержка интернет-радио и популярных стриминговых онлайн-сервисов, подключение к сети по Wi Fi или кабельное LAN (разъем RJ-45). Большой информативный OLED экран. Настройки и управление воспроизведением через приложение 4 STREAM (iOs, Android), посредством веб-интерфейса или же ИК-пультом ДУ (в комплекте). Настройки воспроизведения включают: плей-листы, расписание и т.д. Аудиовход линейный, небалансный, 2х RCA; аудиовыходы: балансные 2х XLR, небалансные 2х RCA, SUB OUT для активного сабвуфера (RCA), COAX OUT цифровой коаксиальный (RCA). Оптические вход (для цифрового источника сигнала) и выход. Корпус для Rack-монтажа, габаритные размеры 483x110x45 мм (1U), вес 1.5 кг. Черный цвет. Питание от сети 220В.</t>
   </si>
   <si>
-    <t>29 560</t>
+    <t>30 203</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>