--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -71,243 +71,243 @@
   <si>
     <t>24 834</t>
   </si>
   <si>
     <t>звоните</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>WCP-C2M/BT W</t>
   </si>
   <si>
     <t>Удаленное управление матричным предусилителем PMM-380; Bluetooth-приёмник; подключение через RJ-45 витой парой CAT5E/CAT6 длиной до 100 м; микрофонный вход XLR; линейный стереовход 2RCA; регулятор громкости; БП DC 24 В от 100 м до 150 м; лицевая панель из белого пластика; 86 x 146 x 33 мм; 153 г; врезной монтаж.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Unicore DX</t>
   </si>
   <si>
     <t xml:space="preserve">Свободно программируемый цифровой контроллер управления; TCP/IP с поддержкой до 5 соединений, 2 х RS232 (Rx,Tx / TTL), 1 х  RS485 / DMX512 (96 DMX каналов), 16 х LOGIC INPUT, 6 реле с макс. коммутируемым током 220 В / 2 A; DALI (64-зоны / 16 групп / 16 сцен); питание DC 12 В / 2 А (через опциональный адаптер); 300х44х170 мм (1U); 2.5 кг; монтаж на DIN-рейку. </t>
   </si>
   <si>
-    <t>21 050</t>
+    <t>23 311</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PWS-8</t>
   </si>
   <si>
     <t>Блок для питания и коммутации аналоговых сигналов периферийных приборов под управлением процессоров серии ZONER Pro. 8 каналов: 8 портов питания Euroblock 2-pin + 8 блоков разъемов для аналогового звука 2х Euroblock 3-pin (Audio IN и Audio OUT). Напряжение 12/24В выбирается независимо для каждого выхода, макс. ток для выхода 1А, общий до 8А. Функция отключения заземления на корпус для создания внешнего контура заземления. Габаритные размеры 480x205x44 мм, вес 2.4 кг. Рэковый монтаж, 1U.</t>
   </si>
   <si>
-    <t>21 780</t>
+    <t>26 367</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PW-BT/BL</t>
   </si>
   <si>
     <t>Панель для дистанционного подключения источников трансляции к DSP по Bluetooth. Версия 5.1 для подключения мобильных устройств, внутренняя антенна, дальность до 15 м при прямой видимости. Балансный стерео-выход и суммарный балансный моно-выход (Line in + Bluetooth). Максимальная дальность передачи суммарного сигнала 100 метров. Подключение кабелем CAT5e/CAT6 или PROCAST cable BSC 3,2/16/0,12 для аудио. Порт RJ-45, питание +12-24 В (от внешнего источника или по витой паре). Материал панели алюминий, цвет матовый черный, размеры 95x95x60 мм. Монтаж врезной или накладной, в зависимости от типа монтажного бокса (приобретается отдельно).</t>
   </si>
   <si>
-    <t>10 308</t>
+    <t>9 948</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PW-BT/W</t>
   </si>
   <si>
     <t>Панель для дистанционного подключения источников трансляции к DSP по Bluetooth. Версия 5.1 для подключения мобильных устройств, внутренняя антенна, дальность до 15 м при прямой видимости. Балансный стерео-выход и суммарный балансный моно-выход (Line in + Bluetooth). Максимальная дальность передачи суммарного сигнала 100 метров. Подключение кабелем CAT5e/CAT6 или PROCAST cable BSC 3,2/16/0,12 для аудио. Порт RJ-45, питание +12-24 В (от внешнего источника или по витой паре). Материал панели алюминий, цвет матовый белый, размеры 95x95x60 мм. Монтаж врезной или накладной, в зависимости от типа монтажного бокса (приобретается отдельно).</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PW/EX-IN/BL</t>
   </si>
   <si>
     <t>Панель для дистанционного подключения источников трансляции к DSP: линейный, микрофон или гаджет по Bluetooth. Входы: линейный небалансный 2RCA, микрофонный балансный XLR/TRS; оба входа дублируются разъемами 2х EuroBlock 3-pin для скрытого подключения. Модуль Bluetooth версия 5.1 для подключения мобильных устройств, внешняя антенна, дальность до 30 м. Раздельная передача сигналов: Line in + Bluetooth (стерео или моно) и микрофонный. Подключаемые фантомное питание (+12В) и приоритет у микрофона. Максимальная дальность передачи суммарного сигнала 100 метров. Подключение кабелем CAT5e/CAT6 или PROCAST cable BSC 3,2/16/0,12 для аудио. Порт RJ-45, питание +12-24 В (от внешнего источника или по витой паре). Материал панели анодированный алюминий, цвет белый, размеры 95x95x60 мм. Монтаж врезной или накладной, в зависимости от типа монтажного бокса (приобретается отдельно).</t>
   </si>
   <si>
-    <t>12 745</t>
+    <t>13 004</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PW/EX-IN/W</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PW-IN/BL</t>
   </si>
   <si>
     <t>Панель для дистанционного подключения источников трансляции к DSP: линейный, микрофон или гаджет по Bluetooth; 2 регулятора громкости. Входы: линейный небалансный 2RCA, микрофонный балансный XLR/TRS; оба входа дублируются разъемами 2х EuroBlock 3-pin для скрытого подключения. Модуль Bluetooth версия 5.1 для подключения мобильных устройств, антенна-стикер. Суммарные балансные моно и стерео выходы. Максимальная дальность передачи суммарного сигнала 100 метров. Подключение кабелем CAT5e/CAT6 или PROCAST cable BSC 3,2/16/0,12 для аудио. Порт RJ-45, питание +12-24 В (от внешнего источника или по витой паре). Материал панели полированный алюминий, цвет черный, размеры 95x95x60 мм. Монтаж врезной или накладной, в зависимости от типа монтажного бокса (приобретается отдельно).</t>
   </si>
   <si>
-    <t>12 916</t>
+    <t>12 465</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PW-IN/W</t>
   </si>
   <si>
     <t>Панель для дистанционного подключения источников трансляции к DSP: линейный, микрофон или гаджет по Bluetooth; 2 регулятора громкости. Входы: линейный небалансный 2RCA, микрофонный балансный XLR/TRS; оба входа дублируются разъемами 2х EuroBlock 3-pin для скрытого подключения. Модуль Bluetooth версия 5.1 для подключения мобильных устройств, антенна-стикер. Суммарные балансные моно и стерео выходы. Максимальная дальность передачи суммарного сигнала 100 метров. Подключение кабелем CAT5e/CAT6 или PROCAST cable BSC 3,2/16/0,12 для аудио. Порт RJ-45, питание +12-24 В (от внешнего источника или по витой паре). Материал панели полированный алюминий, цвет белый, размеры 95x95x60 мм. Монтаж врезной или накладной, в зависимости от типа монтажного бокса (приобретается отдельно).</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>P-ZONER W/IP/A</t>
   </si>
   <si>
     <t>Применяется с целью управления работой цифровых DSP аудиопроцессоров CVGaudio серии ZONER на дистанции. Максимальная дальность размещения 100м. Сетевой протокол управления TCP-IP (UDP), подключение через RJ-45. Выполняет функции связанные со звуком, все они программируются на действия с энкодером. Дисплей для отображения информации. Алюминий, белый цвет. Монтаж врезной/накладной. Питание PoE.</t>
   </si>
   <si>
-    <t>19 980</t>
+    <t>20 466</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>P-ZONER W/IP/B</t>
   </si>
   <si>
     <t>Применяется с целью управления работой цифровых DSP аудиопроцессоров CVG серии ZONER на дистанции. Максимальная дальность размещения 100м. Сетевой протокол управления TCP-IP (UDP), подключение через RJ-45. Выполняет функции связанные со звуком, все они программируются на действия с энкодером и 8-ю кнопками. Алюминий, белый цвет. Монтаж врезной/накладной. Питание PoE.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Relay HUB</t>
   </si>
   <si>
     <t>Прибор создан с целью дистанционного управления различными системами автоматики (в составе умного дома или на деловом уровне), включая те, что построены на серьезной профессиональной акустике (аудио шоурумы, презентации звуковых устройств и т.п.). 18 надежных реле коммутирующих ток с параметрами 5А и 240В AC/24В DC. Программирование реле через веб-интерфейс. Управление работой прибора по интерфейсам TCP/IP (через браузер) и RS485, протоколам UDP и HTTP Get запросы, а также со светового пульта стандарта DMX. Легкая интеграция с известными системами автоматизации и управления устройствами. Разъемы типа EuroBlock, питание через блок питания (в комплекте). Монтаж на DIN-рейку.</t>
   </si>
   <si>
     <t>20 890</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ambicore</t>
   </si>
   <si>
     <t xml:space="preserve">Свободно программируемый контроллер (исполнительный модуль) с 32-битным процессором; TCP/IP с поддержкой до 5 соединений, двунаправленный RS232 и RS485 / DMX512 (96 DMX каналов), IR IN / OUT, LOGIC IN / OUT, 2 реле с макс. коммутируемым током 220 В / 2 A; питание PoE или DC 12 В / 1 А через опциональный адаптер; 120х90х35 мм; 0.45 кг. </t>
   </si>
   <si>
-    <t>21 644</t>
+    <t>23 072</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ERC-1BL</t>
   </si>
   <si>
     <t>Устройство для объединения систем управления различными приборами в единый интерфейс, контролируемый удалённо. Процессор 32-бит. Поддерживает работу с мультимедийными системами, «умный дом», профессиональная звукофикация. Предусмотрена поддержка следующих видов подключений: 10х TCP/IP, 6х UDP, 1х RS-485. OLED-дисплей и 9 программируемых кнопок. Интерфейс управления можно кастомизировать практически под любые задачи и применять с оборудованием разных производителей. Есть предустановленные настройки для цифровых аудио приборов CVGaudio. Миниатюрный корпус, габариты 95х74х41 мм, вес 152 г. Питание PoE или 12В DC. Монтаж накладной или встраиваемый (зависит от выбранного монтажного бокса). Черный цвет.</t>
   </si>
   <si>
-    <t>18 733</t>
+    <t>18 997</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ERC-1W</t>
   </si>
   <si>
     <t>Устройство для объединения систем управления различными приборами в единый интерфейс, контролируемый удалённо. Процессор 32-бит. Поддерживает работу с мультимедийными системами, «умный дом», профессиональная звукофикация. Предусмотрена поддержка следующих видов подключений: 10х TCP/IP, 6х UDP, 1х RS-485. OLED-дисплей и 9 программируемых кнопок. Интерфейс управления можно кастомизировать практически под любые задачи и применять с оборудованием разных производителей. Есть предустановленные настройки для цифровых аудио приборов CVGaudio. Миниатюрный корпус, габариты 95х74х41 мм, вес 152 г. Питание PoE или 12В DC. Монтаж накладной или встраиваемый (зависит от выбранного монтажного бокса). Белый цвет.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ERC-2BL</t>
   </si>
   <si>
     <t>Устройство для объединения систем управления различными приборами в единый интерфейс, контролируемый удалённо. Процессор 32-бит. Поддерживает работу с мультимедийными системами, «умный дом», профессиональная звукофикация. Предусмотрена поддержка следующих видов подключений: 10х TCP/IP, 6х UDP, 1х RS-485. OLED-дисплей, 4 кнопки и энкодер с программируемым функционалом. Интерфейс управления можно кастомизировать практически под любые задачи и применять с оборудованием разных производителей. Есть предустановленные настройки для цифровых аудио приборов CVGaudio. Миниатюрный корпус, габариты 95х74х41 мм, вес 152 г. Питание PoE или 12В DC. Монтаж накладной или встраиваемый (зависит от выбранного монтажного бокса). Черный цвет.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ERC-2W</t>
   </si>
   <si>
     <t>Устройство для объединения систем управления различными приборами в единый интерфейс, контролируемый удалённо. Процессор 32-бит. Поддерживает работу с мультимедийными системами, «умный дом», профессиональная звукофикация. Предусмотрена поддержка следующих видов подключений: 10х TCP/IP, 6х UDP, 1х RS-485. OLED-дисплей, 4 кнопки и энкодер с программируемым функционалом. Интерфейс управления можно кастомизировать практически под любые задачи и применять с оборудованием разных производителей. Есть предустановленные настройки для цифровых аудио приборов CVGaudio. Миниатюрный корпус, габариты 95х74х41 мм, вес 152 г. Питание PoE или 12В DC. Монтаж накладной или встраиваемый (зависит от выбранного монтажного бокса). Белый цвет.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Unicore</t>
   </si>
   <si>
     <t xml:space="preserve">Свободно программируемый цифровой контроллер управления; TCP/IP с поддержкой до 5 соединений, 2 х RS232 (Rx,Tx), 1 х  RS485 / DMX512 (96 DMX каналов), 1 х IR IN, 3 х IR OUT, 8 х LOGIC CONTACT, 6 реле с макс. коммутируемым током 220 В / 2.5 A / 550 Вт; питание 220 В, 50 Гц (50 Вт); металлический RACK корпус 300х44х170 мм (1U); 2.5 кг. </t>
   </si>
   <si>
-    <t>24 726</t>
+    <t>26 967</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>WEB-DRIVE</t>
   </si>
   <si>
     <t>Устройство для объединения систем управления различными приборами в единый интерфейс, контролируемый удалённо через браузер. Процессор 32-бит. Поддерживает работу с мультимедийными системами, домашней автоматикой, «умный дом», профессиональная звукофикация, рекламное оборудование и т.п. Предусмотрена поддержка следующих видов подключений:  10х TCP/IP, 6х UDP, 2х RS-485, 2х RS-232, 2x INPUT/OUTPUT Logic. Интерфейс управления можно кастомизировать практически под любые задачи и применять с оборудованием разных производителей. Есть предустановленные настройки для цифровых аудио приборов CVGaudio. Миниатюрный корпус из металла, габариты 61.4х88.5х39.1 мм, вес 244 г. Магнитные ножки. Питание 12В.</t>
   </si>
   <si>
     <t>13 312</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Power Logic</t>
   </si>
   <si>
     <t>Программируемое; количество управляемых каналов 8 (2 - 10 A / 6 - 16 A); количество реле 8 x 240 В / 30 A; управляющий процессор MicroChip PIC32; интерфейсы TCP-IP (RJ45) / RS485-DMX512 (3-pin EuroBlock); GPIO 2 пары (4 команды); длина кабеля питания 1.3 м; размеры 430 x 262 x 88 мм; рэковый размер 19" х 2U; вес 5.2 кг; цвет черный.</t>
   </si>
   <si>
-    <t>39 427</t>
+    <t>40 330</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>